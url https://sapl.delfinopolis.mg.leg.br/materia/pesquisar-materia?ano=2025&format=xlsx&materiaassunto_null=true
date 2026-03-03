--- v0 (2025-12-28)
+++ v1 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2265" uniqueCount="926">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2294" uniqueCount="938">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -151,50 +151,86 @@
     <t>BALANCETE MÊS DE JULHO 2025</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/08_-_balancete_de_agosto2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE MÊS DE AGOSTO 2025</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/09_-_balancete_de_setembro_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE MÊS DE SETEMBRO 2025.</t>
+  </si>
+  <si>
+    <t>4710</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/10_-_balancete_de_outubro_2025.pdf</t>
+  </si>
+  <si>
+    <t>BALANCETE  MÊS DE OUTUBRO DE 2025</t>
+  </si>
+  <si>
+    <t>4711</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/11_-_balancete_de_novembro_2025.pdf</t>
+  </si>
+  <si>
+    <t>BALANCETE MÊS DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>4712</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/12_-_balancete_de_dezembro_2025.pdf</t>
+  </si>
+  <si>
+    <t>BALANCETE MÊS DE DEZEMBRO DE 2025</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/decreto_legislativo_n.o_001_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DELEGAÇÃO DE ATRIBUIÇÕES, COMO NESTE SE ESPECÍFICA.</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
     <t>Indi.</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
@@ -267,75 +303,66 @@
   <si>
     <t>Sugere que seja realizada a reforma do PSF do Distrito de Olhos D'água, bem como a construção de uma sala de fisioterapia.</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/indicacao_n.o_008_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a construção de Pista de Caminhada no entorno do campo de futebol "Aldo Alves Cabral" no Distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/indicacao_n.o_009_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a reforma do antigo prédio do PSF do distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/indicacao_n.o_010_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a construção e revitalização das calçadas de todos os prédios públicos do distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4410</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_n.o_011_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizado o serviço de concretagem do contra piso do barracão ao lado do prédio da antiga cadeia no distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4411</t>
-  </si>
-[...1 lines deleted...]
-    <t>12</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_n.o_012_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que providencie a reforma total do campo de futebol Aldo Cabral e da quadra de esporte de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/indicacao_n.o_013_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que realize a construção de uma quadra de peteca no distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
     <t>14</t>
   </si>
@@ -2771,50 +2798,59 @@
     <t>4529</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/proposta_de_emenda_n.o_012_2025.pdf</t>
   </si>
   <si>
     <t>Acresce o §2º ao artigo 202º do projeto em evidência;</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/proposta_de_emenda_013.2025_-_vereador_hernanes_-_aditiva_ao_projeto_lei__n.o_033-2025.pdf</t>
   </si>
   <si>
     <t>Acresce artigo 2º do projeto em evidência (Projeto de Lei n.º 033/2025.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/proposta_de_emenda_modificativa_n.o_015.2025.pdf</t>
   </si>
   <si>
     <t>FICA MODIFICADA A REDAÇÃO DO ARTIGO 3º DO PROJETO DE LEI N.º 056/2025.</t>
+  </si>
+  <si>
+    <t>4709</t>
+  </si>
+  <si>
+    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/emenda_impositiva_a_loa._pdf.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Individual ao Projeto de Lei Orçamentária Anual - Emenda Individual Impositiva n.º 001/2025</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
     <t>ADP</t>
   </si>
   <si>
     <t>Ata de Posse</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/ata_de_posse_veradores_-_2025-2028.pdf</t>
   </si>
   <si>
     <t>ATA DE POSSE DOS VEREADORES - 2025/2028</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
     <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/ata_de_posse_prefeito_-_2025-2028_-_registrada.pdf</t>
   </si>
   <si>
     <t>ATA DE POSSE DO PREFEITO E VICE-PREFEITO 2025/2028</t>
   </si>
@@ -3160,56 +3196,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/01_-_balancete_de_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/02_-_balancete_de_fevereiro_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/03_-_balancete_de_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/04_-_balancete_de_abril_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/05_-_balancete_de_maio_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/06_-_balancete_de_junho_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/07_-_balancete_de_julho_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/08_-_balancete_de_agosto2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/09_-_balancete_de_setembro_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/decreto_legislativo_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/indicacao_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/indicacao_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/indicacao_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/indicacao_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/indicacao_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/indicacao_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/indicacao_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/indicacao_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/indicacao_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/indicacao_n.o_013_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/indicacao_n.o_014_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/indicacao_n.o_015_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/indicacao_n.o_016_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/indicacao_n.o_017_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_n.o_018_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/indicacao_n.o_019_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/indicacao_n.o_020_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/indicacao_n.o_021_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/indicacao_n.o_022_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/indicacao_n.o_023_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/indicacao_n.o_024_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/indicacao_n.o_025_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/indicacao_n.o_026_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/indicacao_n.o_027_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/indicacao_n.o_028_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/indicacao_n.o_029_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/indicacao_n.o_030_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/indicacao_n.o_031_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_n.o_032_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_n.o_033_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_n.o_034_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_n.o_035_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_n.o_036_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/indicacao_n.o_037_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_n.o_038_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_n.o_039_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_n.o_040_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/indicacao_n.o_041_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/indicacao_n.o_042_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/indicacao_n.o_043_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_no_044_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_no_045_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_n.o_046_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_n.o_047_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/indicacao_n.o_048_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/indicacao_n.o_049_2025.lnk" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/indicacao_n.o_050_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/indicacao_n.o_052.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/indicacao_n.o_053.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_n.o_054_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/indicacao_n.o_055_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/indicacao_n.o_056.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/lei_municipal_n.o_2.607-2025_-_autoriza_em_carater_excepcional_a_concessao_de_licenca_sem_remuneracao_aos_servidores_lotados_na_balsa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/lei_municipal_n.o_2.608-2025_-_dispoe_sobre_a_concessao_de_recomposicao_salarial_aos_empregados_municipais_-_4.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/lei_municipal_n.o_2.609-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_convenios.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/lei_municipal_n.o_2.610-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/lei_municipal_n.o_2.611-2025_-_institui_o_programa_de_recuperacao_fiscal_-_prorefis_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/lei_municipal_n.o_2.612-2025_-_transferencia_de_area_rural_para_urbana_-_dr_fernando.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/lei_municipal_n.o_2.613-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/lei_municipal_n.o_2.614-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_l._s._v._p.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/lei_municipal_n.o_2.615-2025_-_dispoe_sobre_a_disponibilizacao_do_codigo_qr_em_placas_de_obras_publicas_camara.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/lei_municipal_n.o_2.616-2025_-_dispoe_sobre_a_proibicao_de_execucao_de_musicas_com_letras_que_facam_apologia_ao_crime_camara.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/lei_municipal_n.o_2.617-2025_-_autoriza_o_chefe_do_poder_executivo_a_utilizar_recursos_financeiros_proveniente_de_alienacao_de_bens_moveis.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/lei_municipal_n.o_2.618-2025_-_dispoe_sobre_a_ampliacao_da_concessao_de_gratificacao_a_todos_os_empregados_lotados_no_emprego_de_tecnico_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/lei_municipal_n.o_2.619-2025_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_serro_alegre_-_leila_maria_lemos_estorino_e_outros.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/lei_municipal_n.o_2.620-2025_-_autoriza_o_poder_executivo_municipal_a_instituir_gratificacao_aos_integrantes_de_comissao__permanente.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/lei_municipal_n.o_2.621-2025_-_reajusta_os_valores_dos_plantoes_medicos_e_dos_procedimentos_medicos_que_desempenham_atendimento_no_municipio_de_delfinopolis_.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/lei_municipal_n.o_2.622-2025_-_altera_o_artigo_5.o_da_lei_municipal_n.o_2.176-2013_-_fmh.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/lei_municipal_n.o_2.623-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/lei_municipal_n.o_2.624-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/lei_municipal_n.o_2.625-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_morada_do_verde.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/lei_municipal_n.o_2.626-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_portal_da_canastra.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/lei_municipal_n.o_2.627-2025_-_autoriza_cessao_de_uso_casa_de_pedra_-_acad.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/lei_municipal_n.o_2.628-2025_-_revoga_a_doacao_realizada_atraves_da_lei_municipal_n.o_791-1985_-_aquarius_clube.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4628/lei_municipal_n.o_2.629-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_veiculo_para_vigilancia_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4629/lei_municipal_n.o_2.630-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_mini_van_para_saude.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4630/lei_municipal_n.o_2.631-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_raio_x.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4631/lei_municipal_n.o_2.632-2025_-_autoriza_o_municipio_de_delfinopolis_a_celebrar_termo_de_convenio_de_cooperacao_com_o_municipio_de_sao_joao_batista_do_gloria_.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4632/lei_municipal_n.o_2.633-2025_-_cria_o_fundo_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4633/lei_municipal_n.o_2.634-2025_-_altera_o_art._1.o_da_lei_2.16-2025_do_municipio_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4634/lei_municipal_n.o_2.635-2025_-_modifica_a_lei_municipal_n.o_2.493-2022_para_alterar_a_remuneracao_dos_membros_do_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4635/lei_municipal_n.o_2.636-2025_-_dispoe_sobre_a_transfencia_de_area_rural_para_urbana_-_estancia_girassol.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/lei_municipal_n.o_2.637-2025_-_regulamenta_a_lei_federal_n.o_11.788-2008_-_contratacao_de_estagiarios_no_servico_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/lei_municipal_n.o_2.638-2025_-_regulamenta_o_uso_do_cordao_de_girassol_como_auxiliar_de_identificacao_de_deficiencias_ocultas_e_doencas_raras_.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/lei_municipal_n.o_2.639-2025_-_da_nova_denominacao_ao_loteamento_residencial_bangalo_-_vale_dos_tucanos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/lei_municipal_n.o_2.640-2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/lei_municipal_n.o_2.641-2025_-_autoriza_o_poder_executivo_a_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4669/lei_municipal_n.o_2.642-2025_-_dispoe_sobre_o_plano_plurianual_de_governo_do_municipio_de_delfinopolis_para_o_quadrienio_de_2026_a_2029_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/lei_municipal_n.o_2.643-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_do_exercicio_financeiro_de_2026_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/lei_municipal_n.o_2.644-2025_-_autoriza_o_poder_executivo_de_delfinopolis_a_abrir_credito_especial_suplementar_-_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/lei_municipal_n.o_2.645-2025_-_altera_o_artigo_7.o_da_lei_municipal_n.o_2.641-2025_-_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/lei_municipal_n.o_2.646-2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cislap.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/lei_municipal_n.o_2.647-2025_-_nomeia_a_secretaria_municipal_de_saude_-_pedro_antonio_soares_da_silveira_pepe.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/lei_municipal_n.o_2.648-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_municipais_.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/lei_municipal_n.o_2.649-2025_-_dispoe_sobre_abertura_de_credito_suplementar_no_orcamento_2025_-_majoracao_5_.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/lei_municipal_n.o_2.650-2025_-_abre_credito_especial_ao_orcamento_vigente_de_2025_-_auxilio_financeiro_atletas_.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/lei_municipal_n.o_2.651-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4508/lei_complementar_n.o_047-2025_-_autoriza_o_poder_executivo_municipal_encaminhar_para_protesto_os_creditos_da_fazenda_publica_municipal_.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/lei_complementar_n.o_048-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/lei_complementar_n.o_049-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/lei_complementar_n.o_050-2025_-_altera_o_anexo_ii_da_lc_no_001-2015_-_acresce_vaga_junto_ao_emprego_de_dentista_-_sede.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/lei_complementar_n.o_051-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_dos_empregos_de_enfermeiro_hospital_nutricionista_e_tec._enfermgem_hosptal.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/lei_complementar_n.o_052-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_a_sec_municipal_hidroviaria_e_o_cargo_de_sec_municipal_hidroviario.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/lei_complementar_n.o_053-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_operador_de_maquina_-_distrito_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/lei_complementar_n.o_054-2025_-_dispoe_sobre_a_criacao_e_extincao_de_cargo_e_altera_o_anexo_ii_e_iii_da_lei_complementar_n.o_1854-2008_camara.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/lei_complementar_n.o_055-2025_-_altera_a_lei_complementar_n.o_001-2015_-_desmembra_secretaria_e_cria_secretaria_municipal_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/lei_complementar_n.o_056-2025_-_altera_artigos_do_estatudo_dos_servidores_publicos_-_lei_complementar_n.o_033-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/lei_complementar_n.o_057-2025_-_dispoe_sobre_a_criacao_do_incentivo_adicional_do_componente_de_qualidade_a_ser_pago_em_parcela_unica_aos_integrantes_das_esf.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/lei_complementar_n.o_058-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_motorista_-_distrito_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/lei_complementar_n.o_059-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_auxiliar_administrativo_-_sede.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/lei_complementar_n.o_060-2025_-_altera_a_lei_complementar_n.o_001-2015_extingui_cargo_e_cria_cargo_comissionado_gerente_municipal_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/lei_complementar_n.o_061-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_coordenador_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/lei_complementar_n.o_062-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vaga_do_emprego_de_fisioterapeuta_-_sede.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/lei_complementar_n.o_063-2025_-_altera_o_valor_do_vencimento_basico_mensal_do_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/lei_complementar_n.o_064-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_ajudante_geral_-_sede.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/lei_complementar_n.o_065-2025_-_dispoe_sobre_a_implantacao_de_condominio_em_lotes_na_margem_de_represas_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/lei_complementar_n.o_067-2025_-_acresce_atribuicoes_e_aumenta_a_jornada_de_trabalho_e_a_remuneracao_-_procurador_geral_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/lei_complementar_n.o_068-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_administrador_distrital.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/lei_complementar_n.o_069-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_diretor_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/lei_complementar_n.o_070-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_gestor_de_obras.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/lei_complementar_n.o_071-2025_-_fixa_o_piso_salarial_do_engenheiro_civil_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/lei_complementar_n.o_072-2025_-_altera_a_lei_complementar_n.o_001-2015_-_altera_a_nomenclatura_do_cargo_efetivo_de_tecnico_de_manutencao_para_tecnico_de_informatica.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/lei_complementar_n.o_073-2025_-_fixa_o_piso_salarial_do_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/lei_complementar_n.o_074-2025_-_cria_o_cargo_de_coordenador_municipal_de_centro_de_convivencia_-_na_lei_complementar_no_001-2015_lei_de_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/portaria_n.o_001_2025_-_permanece_rubens_luiz_marques-_diretor_geral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/portaria_n.o_002_2025_-_permanece_jeziel_francisco_ferreira_-_procurador_geral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/portaria_n.o_003_2025_-_permanece_leonardo_do_carmo_surmano_-_assessor_de_comunicacao_e_informatica.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4444/portaria_n.o_004.2025_-_exonera_rhomulo_ribeiro_eulalio_de_brito_-_contador_-_comprador.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/portaria_n.o_005_2025_-_nomeia_roger_lucas_mendes_chaves_-_contador-comprador.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4446/portaria_n.o_006_2025_-_designa_agente_de_contratacao_comissao_de_contratacao_e_quipe_de_apoio_para_a_atuacao_nas_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/portaria_n.o_007_2025_-_nomeia_comissao_de_inventario_fisico_e_financeiro.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/portaria_n.o_008_2025_-_dispoe_sobre_a_designacao_de_membros_da_comissao_de_controle_interno_da_camara_municipal_de_delfinopolis-mg.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/portaria_n.o_009.2025__-_nomeia_lucienedivina_da_silva_-_gerente_de_compras.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n.o_001_2025_-_qr_code_nas_obras.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n.o_002_2025_-_proibicao_de_musicas_crime_e_drogas_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/projeto_de_lei_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/projeto_de_lei_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/projeto_de_lei_n.o_005_2025_-_gratificacao_aos_integrantes_das_comissao_p._sindicancia.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/projeto_de_lei_n.o_006_2025_-_abertura_credito_adicional_suplementar_de_2.877.000.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/projeto_de_lei_n.o_007_2025_-_programa_de_recuperacao_fiscal_-_prorefis.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/projeto_de_lei_n.o_008_2025_-_abertura_de_credito_adicional_suplementar_320_000_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/projeto_de_lei_n.o_009_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_c_mapa.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/projeto_de_lei_n.o_010_2025_-_autoriza_utilizar_recursos_da_alienacao_de_bens_imoveis_em_contrapartidas_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/projeto_de_lei_n.o_011_2025_-_concessao_de_gratificacao_tecnico_de_enfermagem_-_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/projeto_de_lei_n.o_012_2025_-_abertura_de_credito_adicional_suplementar_224.000_-_secretaria_de_educacao_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/projeto_de_lei_n.o_013_2025_-_abertura_de_credito_adicional_suplementar_150.000_-_lar_sao_vicente_de_paulo_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/projeto_de_lei_n.o_014_2025_-_reajusta_valores_dos_plantoes_medicos_-_ipca_-_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n.o_015_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_com_mapa_leila__-_urgencia_31_03_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/projeto_de_lei_n.o_016_2025_-_exclui_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_-_laercio_-_sem_-_09_04_2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/projeto_de_lei_n.o_017_2025_-_altera_o_art._5_da_lei_2176.2013_-_fhis_-_urgencia_e_reuniao_-_22_04_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n.o_018_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_-_sem_-_22_04_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/projeto_de_lei_n.o_019_2025_-_institui_cartao_alimentacao_aos_servidores_municipais_-_urgencia_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/projeto_de_lei_n.o_020_2025_-_revoga_doacao_-_reversao_ao_patrimonio-_aquarius_clube_-_urgencia_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/projeto_de_lei_n.o_021_2025_-_autoriza_cessao_de_uso_para_associacao_com.-acad_-_sem_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/projeto_de_lei_n.o_022_2025_-_institui_cartao_alimentacao_aos_servidores_da_camara_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/projeto_de_lei_n.o_023_2025_-_autoriza_desafetar_imovel_-_morada_do_verde_-_16_05_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/projeto_de_lei_n.o_024_2025_-_autoriza_desafetar_imovel_-_portal_da_canastra_-_16_05_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/projeto_de_lei_n.o_025_2025_-_transferencia_de_area_rural_-_vila_ditalia_-_urgente_.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/projeto_de_lei_n.o_026_2025_-_abertura_de_credito_adicional_suplementar_280_000_-veiculo_saude_-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/projeto_de_lei_n.o_027_2025_-_abertura_de_credito_adicional_suplementar_155_000_-mini_van_saude_-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/projeto_de_lei_n.o_028_2025_-_abertura_de_credito_adicional_suplementar_365_000_-raio_x_saude-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/projeto_de_lei_n.o_029_2025_-_autoriza_celebrar_termo_convenio_coop._sao_j.b._gloria_construcao_da_ponte_dos_canteiros_-urgencia.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/projeto_de_lei_n.o_030_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/projeto_de_lei_n.o_031.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/projeto_de_lei_n.o_032_2025_-_cria_o_fundo_municipal_do_meio_ambiente_e_institui_o_seu_conselho_gestor_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/projeto_de_lei_n.o_033_2025_-_modifica_a_lei_2493_-_altera_a_remuneracao_dos_membros_do_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/projeto_de_lei_n.o_034_2025_-_plano_plurianual_para_2026_a_2029.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/projeto_de_lei_n.o_035_2025_-_denominacao_de_bairro_do_residencial_bangalo_e_denominacao_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/projeto_de_lei_n.o_036_2025_-_transferencia_de_area_rural_para_urbana_-_estancia_girassol.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n.o_037_2025_-_regulamenta_contratacao_de_estagiarios_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/projeto_de_lei_n.o_038_2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil_s.a._-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/projeto_de_lei_n.o_039_2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cons._interm._de_saude_dos_munic._do_lago_de_peixoto.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/projeto_de_lei_n.o_041_2025_-_autoriza_a_conceder_premiacao_para_campeonatos_torneios_e_concursos_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/projeto_de_lei_n.o_042_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_com_quadros.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/projeto_de_lei_n.o_043_2025_-_autoriza_abrir_credito_suplementar_40_000_-_subvencao_pinturas_da_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/projeto_de_lei_n.o_044.2025_-_hernanes_-_homenagem_ao_professor_-_07.11.25.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/projeto_de_lei_n.o_045_2025_-_altera_o_art._7._da_lei_municipal_n._2641_de_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/projeto_de_lei_n.o_046_2025_-_transferencia_area_rural_par_perimetro_urbano_-_sitio_n._s._aparecida_-_urgencia_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/projeto_de_lei_n.o_047_2025_-_transferencia_area_rural_par_perimetro_urbano_-_estiva_-_urgencia_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/projeto_de_lei_n.o_048_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_ldo-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/projeto_de_lei_n.o_049_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_-_loa_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/projeto_de_lei_n.o_050_2025_-_da_nome_a_secretaria_municipal_de_saude_-_pedro_antonio_soartes_da_silveira_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/projeto_de_lei_n.o_051_2025_-_autoriza_conceder_auxilio_alimentacao_natalino_-_650_00-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/projeto_de_lei_n.o_052_2025_-_autoriza_majoracao_do_limite_creditos_adicionais_ao_orcamento_-_5_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/projeto_de_lei_n.o_053_2025_-_abre_credito_especial_-_25_000_-_auxilio_aos_atletas_e_artistas_locais_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/projeto_de_lei_n.o_054_2025_-_concede_auxilio_alimentacao_natalino_servidores_da_camara_assinado_com_impacto_-_28_11_2025_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/projeto_de_lei_n.o_055_2025_-_criacao_de_novos_codigos_e_secoes_de_logradouros_para_cobranca_de_iptu__-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/projeto_de_lei_n.o_056_2025_-_autoriza_alienar_lotes_urbanos_com_mapa_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/projeto_de_lei_n.o_057_2025_-_institui_regime_de_pronto_pagamento_ou_adiantamento_-_05_12_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/projeto_de_lei_n.o_058_2025_-_altera_a_lei_1342_de_1994_acrescenta_o_art._85-a_no_codigo_tributario_municipal_-_05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/projeto_de_lei_n.o_059_2025_-_altera_a_lei_2604_de_2024_acrescenta_o_art._27-a_na_ldo_de_2025_-_05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/projeto_de_lei_n.o_060_2025_-_institui_programa_de_demissao_voluntaria_da_camara_municipal_de_delfinopolis_-_05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/projeto_de_lei_n.o_061_2025_-_concessao_de_vale_refeicao_aos_motoristas_por_meio_de_adiantamento_-_05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/projeto_de_lei_n.o_062_2025_-_autoriza_convenios_parcerias_subvencoes_contribuicoes_incentivos_auxilios_financeiros_assos_e_consorcios-urgencia-05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/projeto_de_lei_complementar_n.o_001_2025_-_autoriza_encaminhar_para_cobranca_e_protesto_extrajudicial_reencaminhado_urgencia.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/projeto_de_lei_complementar_n.o_002_2025_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/projeto_de_lei_complementar_n.o_003_2025_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/projeto_de_lei_complementar_n.o_004_2025_-_acresce_1_dentista_-_sede.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/projeto_de_lei_complementar_n.o_005_2025_-_acresce_vagas_-_2_enfermeiros_1_nutrionista_e_2_tecnicos.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/projeto_de_lei_complementar_n.o_006_2025_-_cria_secretaria_m._hidroviaria_e_cargo_de_secretario_m._hidroviario.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/projeto_de_lei_complementar_n.o_007_2025_-_extingue_encarregado_de_convenios_e_cria_cargo_de_gerente_municipal_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/projeto_de_lei_complementar_n.o_009_2025_-_cria_o_cargo_de_coordenador_municipal_da_cultura_-_sem.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/projeto_de_lei_complementar_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/projeto_de_lei_complementar_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/projeto_de_lei_complementar_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/projeto_de_lei_complementar_n.o_013_2025_-_acresce_1_fisioterapeuta_sede_sem.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_complementar_n.o_014_2025_-_incetivo_adicional_para_equipes_de_saude_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/projeto_de_lei_complementar_n.o_015_2025_-_acresce_vagas_-_2_motoristas_-_babilonia_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/projeto_de_lei_complementar_n.o_016_2025_-_acresce_vagas_-_5_auxiliares_administrativos_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/projeto_de_lei_complementar_no_017_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/projeto_de_lei_complementar_n.o_018_2025_-_reencaminhado_altera_a_lei_compl.001.2015_acrescendo_vagas_ajudante_geral_sede_de_66_para_70_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/projeto_de_lei_complementar_n.o_019_2025_-_implantacao_de_cond.fechado_de_lotes_nas_represas_estabelecendo_diretrizes_ambientais_urbanisticas_e_saneamento_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/projeto_de_lei_complementar_n.o_020_2025_-_altera_composicao_da_secretaria_m._de_politicas_de_assitencia_social_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/projeto_de_lei_complementar_n.o_021_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/projeto_de_lei_complementar_n.o_022_2025_-_cria_2_empregos_comissionados_de_administradores_distritais_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/projeto_de_lei_complementar_n.o_023_2025_-_cria_emprego_comissionado_de_diretor_de_esporte_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/projeto_de_lei_complementar_n.o_024_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/projeto_de_lei_complementar_n.o_025_2025_-_fixa_piso_salarial_do_engenheiro_civil__-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/projeto_de_lei_complementar_n.o_026_2025_-_fixa_piso_salarial_do_medico_veterinario_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/projeto_de_lei_complementar_n.o_027_2025_-_altera_vencimento_unificando_empregos_de_patroleiro_e_operador_de_maauinas_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/projeto_de_lei_complementar_n.o_028_2025_-_modifica_nomenclatura_tecnico_de_manutencao_para_tecnico_de_informativa_bem_como_suas_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/projeto_de_lei_complementar_n.o_029_2025_-_altera_atribuicoes_e_vencimento_do_tecnico_em_seguranca_do_trabalho_reencaminhado-05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/projeto_de_lei_complementar_n.o_030_2025_-_cria_emprego_gestor_de_manutencao_hidroviario_corrigido-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/projeto_de_lei_complementar_n.o_031_2025_-_cria_cargo_coordenador_mun._de_centro_de_convivencia_-_ceco_i-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/projeto_de_lei_complementar_n.o_032_2025_-_altera_atribuicoes_chefe_div._educacao_e_cria_cargo_de_coordenador_do_tranporte_escolar_urgencia.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/projeto_de_lei_complementar_n.o_033_2025_-_dispoe_sobre_fixacao_do_vencimento_e_do_adicional_de_insalubridade_acs_e_ace_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/projeto_de_lei_complementar_n.o_034_2025_-_cria_secretaria_mun._de_governo_e_cargo_de_secretario_municipal_de_governo-_urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/requerimento_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/requerimento_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/requerimento_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/requerimento_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/requerimento_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/requerimento_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/requerimento_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/requerimento_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/requerimento_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/requerimento_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/requerimento_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/requerimento_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/requerimento_n.o_013_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/requerimento_n.o_014_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/requerimento_n.o_015_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/requerimento_no_016.2025_-_jaqueline_-_pedido_de_extrema_urgencia_ao_projeto_de_lei_n.o_033_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/requerimento_n.o_017_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/requerimento_n.o_018.2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/resolucao_n.o_001_2025_-_dispoe_sobre_a_recomposicao_salarial_dos_servidores_da_camara_municipal_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/resolucao_n._002.2025_-_autorizacao_de_viagens_e_concessao_de_diarias_.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/resolucao_n._003.2025_-altera_res._n._002.2025_.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/projeto_de_resolucao_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4568/projeto_de_resolucao_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_resolucao_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/proposta_de_emenda_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4509/proposta_de_emenda_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4510/proposta_de_emenda_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/proposta_de_emenda_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/proposta_de_emenda_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/proposta_de_emenda_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/proposta_de_emenda_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/proposta_de_emenda_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/proposta_de_emenda_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/proposta_de_emenda_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/proposta_de_emenda_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/proposta_de_emenda_013.2025_-_vereador_hernanes_-_aditiva_ao_projeto_lei__n.o_033-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/proposta_de_emenda_modificativa_n.o_015.2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/ata_de_posse_veradores_-_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/ata_de_posse_prefeito_-_2025-2028_-_registrada.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/ata_de_posse_mesa_diretora_-_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/ata_de_posse_do_vereador_vinicius_rodrigues.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/01_-_balancete_de_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/02_-_balancete_de_fevereiro_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/03_-_balancete_de_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/04_-_balancete_de_abril_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/05_-_balancete_de_maio_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/06_-_balancete_de_junho_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/07_-_balancete_de_julho_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/08_-_balancete_de_agosto2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/09_-_balancete_de_setembro_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/10_-_balancete_de_outubro_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/11_-_balancete_de_novembro_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/12_-_balancete_de_dezembro_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/decreto_legislativo_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/indicacao_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/indicacao_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/indicacao_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/indicacao_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/indicacao_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/indicacao_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/indicacao_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/indicacao_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/indicacao_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/indicacao_n.o_013_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/indicacao_n.o_014_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/indicacao_n.o_015_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/indicacao_n.o_016_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/indicacao_n.o_017_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_n.o_018_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/indicacao_n.o_019_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/indicacao_n.o_020_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/indicacao_n.o_021_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/indicacao_n.o_022_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/indicacao_n.o_023_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/indicacao_n.o_024_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/indicacao_n.o_025_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/indicacao_n.o_026_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/indicacao_n.o_027_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/indicacao_n.o_028_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/indicacao_n.o_029_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/indicacao_n.o_030_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/indicacao_n.o_031_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_n.o_032_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_n.o_033_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_n.o_034_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_n.o_035_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_n.o_036_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/indicacao_n.o_037_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_n.o_038_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_n.o_039_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_n.o_040_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/indicacao_n.o_041_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/indicacao_n.o_042_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/indicacao_n.o_043_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_no_044_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_no_045_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_n.o_046_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_n.o_047_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/indicacao_n.o_048_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/indicacao_n.o_049_2025.lnk" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/indicacao_n.o_050_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/indicacao_n.o_052.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/indicacao_n.o_053.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_n.o_054_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/indicacao_n.o_055_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/indicacao_n.o_056.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/lei_municipal_n.o_2.607-2025_-_autoriza_em_carater_excepcional_a_concessao_de_licenca_sem_remuneracao_aos_servidores_lotados_na_balsa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/lei_municipal_n.o_2.608-2025_-_dispoe_sobre_a_concessao_de_recomposicao_salarial_aos_empregados_municipais_-_4.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/lei_municipal_n.o_2.609-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_convenios.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/lei_municipal_n.o_2.610-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/lei_municipal_n.o_2.611-2025_-_institui_o_programa_de_recuperacao_fiscal_-_prorefis_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/lei_municipal_n.o_2.612-2025_-_transferencia_de_area_rural_para_urbana_-_dr_fernando.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/lei_municipal_n.o_2.613-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/lei_municipal_n.o_2.614-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_l._s._v._p.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/lei_municipal_n.o_2.615-2025_-_dispoe_sobre_a_disponibilizacao_do_codigo_qr_em_placas_de_obras_publicas_camara.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/lei_municipal_n.o_2.616-2025_-_dispoe_sobre_a_proibicao_de_execucao_de_musicas_com_letras_que_facam_apologia_ao_crime_camara.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/lei_municipal_n.o_2.617-2025_-_autoriza_o_chefe_do_poder_executivo_a_utilizar_recursos_financeiros_proveniente_de_alienacao_de_bens_moveis.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/lei_municipal_n.o_2.618-2025_-_dispoe_sobre_a_ampliacao_da_concessao_de_gratificacao_a_todos_os_empregados_lotados_no_emprego_de_tecnico_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/lei_municipal_n.o_2.619-2025_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_serro_alegre_-_leila_maria_lemos_estorino_e_outros.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/lei_municipal_n.o_2.620-2025_-_autoriza_o_poder_executivo_municipal_a_instituir_gratificacao_aos_integrantes_de_comissao__permanente.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/lei_municipal_n.o_2.621-2025_-_reajusta_os_valores_dos_plantoes_medicos_e_dos_procedimentos_medicos_que_desempenham_atendimento_no_municipio_de_delfinopolis_.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/lei_municipal_n.o_2.622-2025_-_altera_o_artigo_5.o_da_lei_municipal_n.o_2.176-2013_-_fmh.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/lei_municipal_n.o_2.623-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/lei_municipal_n.o_2.624-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/lei_municipal_n.o_2.625-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_morada_do_verde.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/lei_municipal_n.o_2.626-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_portal_da_canastra.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/lei_municipal_n.o_2.627-2025_-_autoriza_cessao_de_uso_casa_de_pedra_-_acad.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/lei_municipal_n.o_2.628-2025_-_revoga_a_doacao_realizada_atraves_da_lei_municipal_n.o_791-1985_-_aquarius_clube.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4628/lei_municipal_n.o_2.629-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_veiculo_para_vigilancia_1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4629/lei_municipal_n.o_2.630-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_mini_van_para_saude.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4630/lei_municipal_n.o_2.631-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_raio_x.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4631/lei_municipal_n.o_2.632-2025_-_autoriza_o_municipio_de_delfinopolis_a_celebrar_termo_de_convenio_de_cooperacao_com_o_municipio_de_sao_joao_batista_do_gloria_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4632/lei_municipal_n.o_2.633-2025_-_cria_o_fundo_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4633/lei_municipal_n.o_2.634-2025_-_altera_o_art._1.o_da_lei_2.16-2025_do_municipio_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4634/lei_municipal_n.o_2.635-2025_-_modifica_a_lei_municipal_n.o_2.493-2022_para_alterar_a_remuneracao_dos_membros_do_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4635/lei_municipal_n.o_2.636-2025_-_dispoe_sobre_a_transfencia_de_area_rural_para_urbana_-_estancia_girassol.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/lei_municipal_n.o_2.637-2025_-_regulamenta_a_lei_federal_n.o_11.788-2008_-_contratacao_de_estagiarios_no_servico_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/lei_municipal_n.o_2.638-2025_-_regulamenta_o_uso_do_cordao_de_girassol_como_auxiliar_de_identificacao_de_deficiencias_ocultas_e_doencas_raras_.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/lei_municipal_n.o_2.639-2025_-_da_nova_denominacao_ao_loteamento_residencial_bangalo_-_vale_dos_tucanos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/lei_municipal_n.o_2.640-2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/lei_municipal_n.o_2.641-2025_-_autoriza_o_poder_executivo_a_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4669/lei_municipal_n.o_2.642-2025_-_dispoe_sobre_o_plano_plurianual_de_governo_do_municipio_de_delfinopolis_para_o_quadrienio_de_2026_a_2029_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/lei_municipal_n.o_2.643-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_do_exercicio_financeiro_de_2026_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/lei_municipal_n.o_2.644-2025_-_autoriza_o_poder_executivo_de_delfinopolis_a_abrir_credito_especial_suplementar_-_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/lei_municipal_n.o_2.645-2025_-_altera_o_artigo_7.o_da_lei_municipal_n.o_2.641-2025_-_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/lei_municipal_n.o_2.646-2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cislap.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/lei_municipal_n.o_2.647-2025_-_nomeia_a_secretaria_municipal_de_saude_-_pedro_antonio_soares_da_silveira_pepe.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/lei_municipal_n.o_2.648-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_municipais_.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/lei_municipal_n.o_2.649-2025_-_dispoe_sobre_abertura_de_credito_suplementar_no_orcamento_2025_-_majoracao_5_.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/lei_municipal_n.o_2.650-2025_-_abre_credito_especial_ao_orcamento_vigente_de_2025_-_auxilio_financeiro_atletas_.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/lei_municipal_n.o_2.651-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4508/lei_complementar_n.o_047-2025_-_autoriza_o_poder_executivo_municipal_encaminhar_para_protesto_os_creditos_da_fazenda_publica_municipal_.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/lei_complementar_n.o_048-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/lei_complementar_n.o_049-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/lei_complementar_n.o_050-2025_-_altera_o_anexo_ii_da_lc_no_001-2015_-_acresce_vaga_junto_ao_emprego_de_dentista_-_sede.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/lei_complementar_n.o_051-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_dos_empregos_de_enfermeiro_hospital_nutricionista_e_tec._enfermgem_hosptal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/lei_complementar_n.o_052-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_a_sec_municipal_hidroviaria_e_o_cargo_de_sec_municipal_hidroviario.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/lei_complementar_n.o_053-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_operador_de_maquina_-_distrito_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/lei_complementar_n.o_054-2025_-_dispoe_sobre_a_criacao_e_extincao_de_cargo_e_altera_o_anexo_ii_e_iii_da_lei_complementar_n.o_1854-2008_camara.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/lei_complementar_n.o_055-2025_-_altera_a_lei_complementar_n.o_001-2015_-_desmembra_secretaria_e_cria_secretaria_municipal_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/lei_complementar_n.o_056-2025_-_altera_artigos_do_estatudo_dos_servidores_publicos_-_lei_complementar_n.o_033-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/lei_complementar_n.o_057-2025_-_dispoe_sobre_a_criacao_do_incentivo_adicional_do_componente_de_qualidade_a_ser_pago_em_parcela_unica_aos_integrantes_das_esf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/lei_complementar_n.o_058-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_motorista_-_distrito_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/lei_complementar_n.o_059-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_auxiliar_administrativo_-_sede.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/lei_complementar_n.o_060-2025_-_altera_a_lei_complementar_n.o_001-2015_extingui_cargo_e_cria_cargo_comissionado_gerente_municipal_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/lei_complementar_n.o_061-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_coordenador_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/lei_complementar_n.o_062-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vaga_do_emprego_de_fisioterapeuta_-_sede.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/lei_complementar_n.o_063-2025_-_altera_o_valor_do_vencimento_basico_mensal_do_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/lei_complementar_n.o_064-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_ajudante_geral_-_sede.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/lei_complementar_n.o_065-2025_-_dispoe_sobre_a_implantacao_de_condominio_em_lotes_na_margem_de_represas_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/lei_complementar_n.o_067-2025_-_acresce_atribuicoes_e_aumenta_a_jornada_de_trabalho_e_a_remuneracao_-_procurador_geral_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/lei_complementar_n.o_068-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_administrador_distrital.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/lei_complementar_n.o_069-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_diretor_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/lei_complementar_n.o_070-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_gestor_de_obras.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/lei_complementar_n.o_071-2025_-_fixa_o_piso_salarial_do_engenheiro_civil_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/lei_complementar_n.o_072-2025_-_altera_a_lei_complementar_n.o_001-2015_-_altera_a_nomenclatura_do_cargo_efetivo_de_tecnico_de_manutencao_para_tecnico_de_informatica.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/lei_complementar_n.o_073-2025_-_fixa_o_piso_salarial_do_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/lei_complementar_n.o_074-2025_-_cria_o_cargo_de_coordenador_municipal_de_centro_de_convivencia_-_na_lei_complementar_no_001-2015_lei_de_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/portaria_n.o_001_2025_-_permanece_rubens_luiz_marques-_diretor_geral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/portaria_n.o_002_2025_-_permanece_jeziel_francisco_ferreira_-_procurador_geral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/portaria_n.o_003_2025_-_permanece_leonardo_do_carmo_surmano_-_assessor_de_comunicacao_e_informatica.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4444/portaria_n.o_004.2025_-_exonera_rhomulo_ribeiro_eulalio_de_brito_-_contador_-_comprador.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/portaria_n.o_005_2025_-_nomeia_roger_lucas_mendes_chaves_-_contador-comprador.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4446/portaria_n.o_006_2025_-_designa_agente_de_contratacao_comissao_de_contratacao_e_quipe_de_apoio_para_a_atuacao_nas_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/portaria_n.o_007_2025_-_nomeia_comissao_de_inventario_fisico_e_financeiro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/portaria_n.o_008_2025_-_dispoe_sobre_a_designacao_de_membros_da_comissao_de_controle_interno_da_camara_municipal_de_delfinopolis-mg.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/portaria_n.o_009.2025__-_nomeia_lucienedivina_da_silva_-_gerente_de_compras.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n.o_001_2025_-_qr_code_nas_obras.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n.o_002_2025_-_proibicao_de_musicas_crime_e_drogas_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/projeto_de_lei_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/projeto_de_lei_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/projeto_de_lei_n.o_005_2025_-_gratificacao_aos_integrantes_das_comissao_p._sindicancia.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/projeto_de_lei_n.o_006_2025_-_abertura_credito_adicional_suplementar_de_2.877.000.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/projeto_de_lei_n.o_007_2025_-_programa_de_recuperacao_fiscal_-_prorefis.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/projeto_de_lei_n.o_008_2025_-_abertura_de_credito_adicional_suplementar_320_000_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/projeto_de_lei_n.o_009_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_c_mapa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/projeto_de_lei_n.o_010_2025_-_autoriza_utilizar_recursos_da_alienacao_de_bens_imoveis_em_contrapartidas_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/projeto_de_lei_n.o_011_2025_-_concessao_de_gratificacao_tecnico_de_enfermagem_-_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/projeto_de_lei_n.o_012_2025_-_abertura_de_credito_adicional_suplementar_224.000_-_secretaria_de_educacao_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/projeto_de_lei_n.o_013_2025_-_abertura_de_credito_adicional_suplementar_150.000_-_lar_sao_vicente_de_paulo_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/projeto_de_lei_n.o_014_2025_-_reajusta_valores_dos_plantoes_medicos_-_ipca_-_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n.o_015_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_com_mapa_leila__-_urgencia_31_03_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/projeto_de_lei_n.o_016_2025_-_exclui_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_-_laercio_-_sem_-_09_04_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/projeto_de_lei_n.o_017_2025_-_altera_o_art._5_da_lei_2176.2013_-_fhis_-_urgencia_e_reuniao_-_22_04_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n.o_018_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_-_sem_-_22_04_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/projeto_de_lei_n.o_019_2025_-_institui_cartao_alimentacao_aos_servidores_municipais_-_urgencia_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/projeto_de_lei_n.o_020_2025_-_revoga_doacao_-_reversao_ao_patrimonio-_aquarius_clube_-_urgencia_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/projeto_de_lei_n.o_021_2025_-_autoriza_cessao_de_uso_para_associacao_com.-acad_-_sem_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/projeto_de_lei_n.o_022_2025_-_institui_cartao_alimentacao_aos_servidores_da_camara_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/projeto_de_lei_n.o_023_2025_-_autoriza_desafetar_imovel_-_morada_do_verde_-_16_05_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/projeto_de_lei_n.o_024_2025_-_autoriza_desafetar_imovel_-_portal_da_canastra_-_16_05_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/projeto_de_lei_n.o_025_2025_-_transferencia_de_area_rural_-_vila_ditalia_-_urgente_.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/projeto_de_lei_n.o_026_2025_-_abertura_de_credito_adicional_suplementar_280_000_-veiculo_saude_-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/projeto_de_lei_n.o_027_2025_-_abertura_de_credito_adicional_suplementar_155_000_-mini_van_saude_-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/projeto_de_lei_n.o_028_2025_-_abertura_de_credito_adicional_suplementar_365_000_-raio_x_saude-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/projeto_de_lei_n.o_029_2025_-_autoriza_celebrar_termo_convenio_coop._sao_j.b._gloria_construcao_da_ponte_dos_canteiros_-urgencia.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/projeto_de_lei_n.o_030_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/projeto_de_lei_n.o_031.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/projeto_de_lei_n.o_032_2025_-_cria_o_fundo_municipal_do_meio_ambiente_e_institui_o_seu_conselho_gestor_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/projeto_de_lei_n.o_033_2025_-_modifica_a_lei_2493_-_altera_a_remuneracao_dos_membros_do_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/projeto_de_lei_n.o_034_2025_-_plano_plurianual_para_2026_a_2029.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/projeto_de_lei_n.o_035_2025_-_denominacao_de_bairro_do_residencial_bangalo_e_denominacao_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/projeto_de_lei_n.o_036_2025_-_transferencia_de_area_rural_para_urbana_-_estancia_girassol.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n.o_037_2025_-_regulamenta_contratacao_de_estagiarios_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/projeto_de_lei_n.o_038_2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil_s.a._-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/projeto_de_lei_n.o_039_2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cons._interm._de_saude_dos_munic._do_lago_de_peixoto.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/projeto_de_lei_n.o_041_2025_-_autoriza_a_conceder_premiacao_para_campeonatos_torneios_e_concursos_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/projeto_de_lei_n.o_042_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_com_quadros.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/projeto_de_lei_n.o_043_2025_-_autoriza_abrir_credito_suplementar_40_000_-_subvencao_pinturas_da_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/projeto_de_lei_n.o_044.2025_-_hernanes_-_homenagem_ao_professor_-_07.11.25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/projeto_de_lei_n.o_045_2025_-_altera_o_art._7._da_lei_municipal_n._2641_de_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/projeto_de_lei_n.o_046_2025_-_transferencia_area_rural_par_perimetro_urbano_-_sitio_n._s._aparecida_-_urgencia_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/projeto_de_lei_n.o_047_2025_-_transferencia_area_rural_par_perimetro_urbano_-_estiva_-_urgencia_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/projeto_de_lei_n.o_048_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_ldo-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/projeto_de_lei_n.o_049_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_-_loa_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/projeto_de_lei_n.o_050_2025_-_da_nome_a_secretaria_municipal_de_saude_-_pedro_antonio_soartes_da_silveira_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/projeto_de_lei_n.o_051_2025_-_autoriza_conceder_auxilio_alimentacao_natalino_-_650_00-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/projeto_de_lei_n.o_052_2025_-_autoriza_majoracao_do_limite_creditos_adicionais_ao_orcamento_-_5_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/projeto_de_lei_n.o_053_2025_-_abre_credito_especial_-_25_000_-_auxilio_aos_atletas_e_artistas_locais_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/projeto_de_lei_n.o_054_2025_-_concede_auxilio_alimentacao_natalino_servidores_da_camara_assinado_com_impacto_-_28_11_2025_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/projeto_de_lei_n.o_055_2025_-_criacao_de_novos_codigos_e_secoes_de_logradouros_para_cobranca_de_iptu__-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/projeto_de_lei_n.o_056_2025_-_autoriza_alienar_lotes_urbanos_com_mapa_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/projeto_de_lei_n.o_057_2025_-_institui_regime_de_pronto_pagamento_ou_adiantamento_-_05_12_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/projeto_de_lei_n.o_058_2025_-_altera_a_lei_1342_de_1994_acrescenta_o_art._85-a_no_codigo_tributario_municipal_-_05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/projeto_de_lei_n.o_059_2025_-_altera_a_lei_2604_de_2024_acrescenta_o_art._27-a_na_ldo_de_2025_-_05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/projeto_de_lei_n.o_060_2025_-_institui_programa_de_demissao_voluntaria_da_camara_municipal_de_delfinopolis_-_05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/projeto_de_lei_n.o_061_2025_-_concessao_de_vale_refeicao_aos_motoristas_por_meio_de_adiantamento_-_05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/projeto_de_lei_n.o_062_2025_-_autoriza_convenios_parcerias_subvencoes_contribuicoes_incentivos_auxilios_financeiros_assos_e_consorcios-urgencia-05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/projeto_de_lei_complementar_n.o_001_2025_-_autoriza_encaminhar_para_cobranca_e_protesto_extrajudicial_reencaminhado_urgencia.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/projeto_de_lei_complementar_n.o_002_2025_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/projeto_de_lei_complementar_n.o_003_2025_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/projeto_de_lei_complementar_n.o_004_2025_-_acresce_1_dentista_-_sede.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/projeto_de_lei_complementar_n.o_005_2025_-_acresce_vagas_-_2_enfermeiros_1_nutrionista_e_2_tecnicos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/projeto_de_lei_complementar_n.o_006_2025_-_cria_secretaria_m._hidroviaria_e_cargo_de_secretario_m._hidroviario.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/projeto_de_lei_complementar_n.o_007_2025_-_extingue_encarregado_de_convenios_e_cria_cargo_de_gerente_municipal_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/projeto_de_lei_complementar_n.o_009_2025_-_cria_o_cargo_de_coordenador_municipal_da_cultura_-_sem.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/projeto_de_lei_complementar_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/projeto_de_lei_complementar_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/projeto_de_lei_complementar_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/projeto_de_lei_complementar_n.o_013_2025_-_acresce_1_fisioterapeuta_sede_sem.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_complementar_n.o_014_2025_-_incetivo_adicional_para_equipes_de_saude_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/projeto_de_lei_complementar_n.o_015_2025_-_acresce_vagas_-_2_motoristas_-_babilonia_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/projeto_de_lei_complementar_n.o_016_2025_-_acresce_vagas_-_5_auxiliares_administrativos_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/projeto_de_lei_complementar_no_017_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/projeto_de_lei_complementar_n.o_018_2025_-_reencaminhado_altera_a_lei_compl.001.2015_acrescendo_vagas_ajudante_geral_sede_de_66_para_70_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/projeto_de_lei_complementar_n.o_019_2025_-_implantacao_de_cond.fechado_de_lotes_nas_represas_estabelecendo_diretrizes_ambientais_urbanisticas_e_saneamento_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/projeto_de_lei_complementar_n.o_020_2025_-_altera_composicao_da_secretaria_m._de_politicas_de_assitencia_social_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/projeto_de_lei_complementar_n.o_021_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/projeto_de_lei_complementar_n.o_022_2025_-_cria_2_empregos_comissionados_de_administradores_distritais_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/projeto_de_lei_complementar_n.o_023_2025_-_cria_emprego_comissionado_de_diretor_de_esporte_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/projeto_de_lei_complementar_n.o_024_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/projeto_de_lei_complementar_n.o_025_2025_-_fixa_piso_salarial_do_engenheiro_civil__-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/projeto_de_lei_complementar_n.o_026_2025_-_fixa_piso_salarial_do_medico_veterinario_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/projeto_de_lei_complementar_n.o_027_2025_-_altera_vencimento_unificando_empregos_de_patroleiro_e_operador_de_maauinas_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/projeto_de_lei_complementar_n.o_028_2025_-_modifica_nomenclatura_tecnico_de_manutencao_para_tecnico_de_informativa_bem_como_suas_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/projeto_de_lei_complementar_n.o_029_2025_-_altera_atribuicoes_e_vencimento_do_tecnico_em_seguranca_do_trabalho_reencaminhado-05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/projeto_de_lei_complementar_n.o_030_2025_-_cria_emprego_gestor_de_manutencao_hidroviario_corrigido-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/projeto_de_lei_complementar_n.o_031_2025_-_cria_cargo_coordenador_mun._de_centro_de_convivencia_-_ceco_i-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/projeto_de_lei_complementar_n.o_032_2025_-_altera_atribuicoes_chefe_div._educacao_e_cria_cargo_de_coordenador_do_tranporte_escolar_urgencia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/projeto_de_lei_complementar_n.o_033_2025_-_dispoe_sobre_fixacao_do_vencimento_e_do_adicional_de_insalubridade_acs_e_ace_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/projeto_de_lei_complementar_n.o_034_2025_-_cria_secretaria_mun._de_governo_e_cargo_de_secretario_municipal_de_governo-_urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/requerimento_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/requerimento_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/requerimento_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/requerimento_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/requerimento_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/requerimento_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/requerimento_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/requerimento_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/requerimento_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/requerimento_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/requerimento_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/requerimento_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/requerimento_n.o_013_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/requerimento_n.o_014_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/requerimento_n.o_015_2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/requerimento_no_016.2025_-_jaqueline_-_pedido_de_extrema_urgencia_ao_projeto_de_lei_n.o_033_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/requerimento_n.o_017_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/requerimento_n.o_018.2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/resolucao_n.o_001_2025_-_dispoe_sobre_a_recomposicao_salarial_dos_servidores_da_camara_municipal_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/resolucao_n._002.2025_-_autorizacao_de_viagens_e_concessao_de_diarias_.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/resolucao_n._003.2025_-altera_res._n._002.2025_.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/projeto_de_resolucao_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4568/projeto_de_resolucao_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_resolucao_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/proposta_de_emenda_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4509/proposta_de_emenda_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4510/proposta_de_emenda_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/proposta_de_emenda_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/proposta_de_emenda_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/proposta_de_emenda_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/proposta_de_emenda_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/proposta_de_emenda_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/proposta_de_emenda_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/proposta_de_emenda_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/proposta_de_emenda_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/proposta_de_emenda_013.2025_-_vereador_hernanes_-_aditiva_ao_projeto_lei__n.o_033-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/proposta_de_emenda_modificativa_n.o_015.2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/emenda_impositiva_a_loa._pdf.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/ata_de_posse_veradores_-_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/ata_de_posse_prefeito_-_2025-2028_-_registrada.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/ata_de_posse_mesa_diretora_-_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/ata_de_posse_do_vereador_vinicius_rodrigues.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H285"/>
+  <dimension ref="A1:H289"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="241.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -3421,7172 +3457,7267 @@
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>45</v>
       </c>
       <c r="H10" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>52</v>
       </c>
-      <c r="B12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" t="s">
         <v>58</v>
-      </c>
-[...19 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B14" t="s">
-[...14 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
         <v>65</v>
       </c>
-      <c r="B15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F15" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="H15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D16" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E16" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F16" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="H16" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" t="s">
         <v>71</v>
       </c>
-      <c r="B17" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="H17" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E18" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F18" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="H18" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E19" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F19" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H19" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E20" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F20" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="H20" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F21" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H21" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="D22" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E22" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F22" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H22" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="D23" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E23" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F23" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>93</v>
       </c>
       <c r="H23" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>95</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D24" t="s">
+        <v>65</v>
+      </c>
+      <c r="E24" t="s">
+        <v>66</v>
+      </c>
+      <c r="F24" t="s">
+        <v>71</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="D24" t="s">
-[...8 lines deleted...]
-      <c r="G24" s="1" t="s">
+      <c r="H24" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>98</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" t="s">
+        <v>65</v>
+      </c>
+      <c r="E25" t="s">
+        <v>66</v>
+      </c>
+      <c r="F25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="H25" t="s">
         <v>100</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>101</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>56</v>
+      </c>
+      <c r="D26" t="s">
+        <v>65</v>
+      </c>
+      <c r="E26" t="s">
+        <v>66</v>
+      </c>
+      <c r="F26" t="s">
+        <v>71</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H26" t="s">
         <v>103</v>
-      </c>
-[...19 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>104</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>105</v>
+      </c>
+      <c r="D27" t="s">
+        <v>65</v>
+      </c>
+      <c r="E27" t="s">
+        <v>66</v>
+      </c>
+      <c r="F27" t="s">
+        <v>71</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H27" t="s">
         <v>107</v>
-      </c>
-[...19 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>108</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>109</v>
+      </c>
+      <c r="D28" t="s">
+        <v>65</v>
+      </c>
+      <c r="E28" t="s">
+        <v>66</v>
+      </c>
+      <c r="F28" t="s">
+        <v>71</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H28" t="s">
         <v>111</v>
-      </c>
-[...19 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>112</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>113</v>
+      </c>
+      <c r="D29" t="s">
+        <v>65</v>
+      </c>
+      <c r="E29" t="s">
+        <v>66</v>
+      </c>
+      <c r="F29" t="s">
+        <v>71</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H29" t="s">
         <v>115</v>
-      </c>
-[...19 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>116</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>117</v>
+      </c>
+      <c r="D30" t="s">
+        <v>65</v>
+      </c>
+      <c r="E30" t="s">
+        <v>66</v>
+      </c>
+      <c r="F30" t="s">
+        <v>67</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H30" t="s">
         <v>119</v>
-      </c>
-[...19 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>120</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>121</v>
+      </c>
+      <c r="D31" t="s">
+        <v>65</v>
+      </c>
+      <c r="E31" t="s">
+        <v>66</v>
+      </c>
+      <c r="F31" t="s">
+        <v>67</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H31" t="s">
         <v>123</v>
-      </c>
-[...19 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D32" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E32" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F32" t="s">
-        <v>125</v>
+        <v>67</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="H32" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D33" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E33" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F33" t="s">
-        <v>134</v>
+        <v>71</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="H33" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="D34" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E34" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F34" t="s">
         <v>134</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="H34" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D35" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E35" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F35" t="s">
         <v>134</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H35" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>141</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>142</v>
+      </c>
+      <c r="D36" t="s">
+        <v>65</v>
+      </c>
+      <c r="E36" t="s">
+        <v>66</v>
+      </c>
+      <c r="F36" t="s">
+        <v>143</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H36" t="s">
         <v>145</v>
-      </c>
-[...19 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>146</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>147</v>
+      </c>
+      <c r="D37" t="s">
+        <v>65</v>
+      </c>
+      <c r="E37" t="s">
+        <v>66</v>
+      </c>
+      <c r="F37" t="s">
+        <v>143</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H37" t="s">
         <v>149</v>
-      </c>
-[...19 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D38" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E38" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F38" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="H38" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D39" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E39" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F39" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="H39" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>158</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>159</v>
+      </c>
+      <c r="D40" t="s">
+        <v>65</v>
+      </c>
+      <c r="E40" t="s">
+        <v>66</v>
+      </c>
+      <c r="F40" t="s">
+        <v>160</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H40" t="s">
         <v>162</v>
-      </c>
-[...19 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>163</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>164</v>
+      </c>
+      <c r="D41" t="s">
+        <v>65</v>
+      </c>
+      <c r="E41" t="s">
+        <v>66</v>
+      </c>
+      <c r="F41" t="s">
+        <v>160</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H41" t="s">
         <v>166</v>
-      </c>
-[...19 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D42" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E42" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F42" t="s">
-        <v>55</v>
+        <v>143</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="H42" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D43" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E43" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F43" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="H43" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>175</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>176</v>
+      </c>
+      <c r="D44" t="s">
+        <v>65</v>
+      </c>
+      <c r="E44" t="s">
+        <v>66</v>
+      </c>
+      <c r="F44" t="s">
+        <v>177</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H44" t="s">
         <v>179</v>
-      </c>
-[...19 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>180</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>181</v>
+      </c>
+      <c r="D45" t="s">
+        <v>65</v>
+      </c>
+      <c r="E45" t="s">
+        <v>66</v>
+      </c>
+      <c r="F45" t="s">
+        <v>67</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H45" t="s">
         <v>183</v>
-      </c>
-[...19 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>184</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>185</v>
+      </c>
+      <c r="D46" t="s">
+        <v>65</v>
+      </c>
+      <c r="E46" t="s">
+        <v>66</v>
+      </c>
+      <c r="F46" t="s">
+        <v>160</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H46" t="s">
         <v>187</v>
-      </c>
-[...19 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>188</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>189</v>
+      </c>
+      <c r="D47" t="s">
+        <v>65</v>
+      </c>
+      <c r="E47" t="s">
+        <v>66</v>
+      </c>
+      <c r="F47" t="s">
+        <v>160</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H47" t="s">
         <v>191</v>
-      </c>
-[...19 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>192</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>193</v>
+      </c>
+      <c r="D48" t="s">
+        <v>65</v>
+      </c>
+      <c r="E48" t="s">
+        <v>66</v>
+      </c>
+      <c r="F48" t="s">
+        <v>177</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H48" t="s">
         <v>195</v>
-      </c>
-[...19 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>196</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>197</v>
+      </c>
+      <c r="D49" t="s">
+        <v>65</v>
+      </c>
+      <c r="E49" t="s">
+        <v>66</v>
+      </c>
+      <c r="F49" t="s">
+        <v>177</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H49" t="s">
         <v>199</v>
-      </c>
-[...19 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>200</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>201</v>
+      </c>
+      <c r="D50" t="s">
+        <v>65</v>
+      </c>
+      <c r="E50" t="s">
+        <v>66</v>
+      </c>
+      <c r="F50" t="s">
+        <v>177</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H50" t="s">
         <v>203</v>
-      </c>
-[...19 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>204</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>205</v>
+      </c>
+      <c r="D51" t="s">
+        <v>65</v>
+      </c>
+      <c r="E51" t="s">
+        <v>66</v>
+      </c>
+      <c r="F51" t="s">
+        <v>67</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H51" t="s">
         <v>207</v>
-      </c>
-[...19 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>208</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>209</v>
+      </c>
+      <c r="D52" t="s">
+        <v>65</v>
+      </c>
+      <c r="E52" t="s">
+        <v>66</v>
+      </c>
+      <c r="F52" t="s">
+        <v>134</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H52" t="s">
         <v>211</v>
-      </c>
-[...19 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>212</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>213</v>
+      </c>
+      <c r="D53" t="s">
+        <v>65</v>
+      </c>
+      <c r="E53" t="s">
+        <v>66</v>
+      </c>
+      <c r="F53" t="s">
+        <v>134</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H53" t="s">
         <v>215</v>
-      </c>
-[...19 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>216</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>217</v>
+      </c>
+      <c r="D54" t="s">
+        <v>65</v>
+      </c>
+      <c r="E54" t="s">
+        <v>66</v>
+      </c>
+      <c r="F54" t="s">
+        <v>177</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H54" t="s">
         <v>219</v>
-      </c>
-[...19 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>220</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>221</v>
+      </c>
+      <c r="D55" t="s">
+        <v>65</v>
+      </c>
+      <c r="E55" t="s">
+        <v>66</v>
+      </c>
+      <c r="F55" t="s">
+        <v>177</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H55" t="s">
         <v>223</v>
-      </c>
-[...19 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>224</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>225</v>
+      </c>
+      <c r="D56" t="s">
+        <v>65</v>
+      </c>
+      <c r="E56" t="s">
+        <v>66</v>
+      </c>
+      <c r="F56" t="s">
+        <v>177</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H56" t="s">
         <v>227</v>
-      </c>
-[...19 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>228</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>229</v>
+      </c>
+      <c r="D57" t="s">
+        <v>65</v>
+      </c>
+      <c r="E57" t="s">
+        <v>66</v>
+      </c>
+      <c r="F57" t="s">
+        <v>177</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H57" t="s">
         <v>231</v>
-      </c>
-[...19 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>232</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>233</v>
+      </c>
+      <c r="D58" t="s">
+        <v>65</v>
+      </c>
+      <c r="E58" t="s">
+        <v>66</v>
+      </c>
+      <c r="F58" t="s">
+        <v>143</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H58" t="s">
         <v>235</v>
-      </c>
-[...19 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>236</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>237</v>
+      </c>
+      <c r="D59" t="s">
+        <v>65</v>
+      </c>
+      <c r="E59" t="s">
+        <v>66</v>
+      </c>
+      <c r="F59" t="s">
+        <v>143</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H59" t="s">
         <v>239</v>
-      </c>
-[...19 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D60" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="E60" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="F60" t="s">
         <v>134</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="H60" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>244</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>245</v>
+      </c>
+      <c r="D61" t="s">
+        <v>65</v>
+      </c>
+      <c r="E61" t="s">
+        <v>66</v>
+      </c>
+      <c r="F61" t="s">
+        <v>143</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H61" t="s">
         <v>247</v>
-      </c>
-[...19 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>248</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>249</v>
+      </c>
+      <c r="D62" t="s">
+        <v>65</v>
+      </c>
+      <c r="E62" t="s">
+        <v>66</v>
+      </c>
+      <c r="F62" t="s">
+        <v>143</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H62" t="s">
         <v>251</v>
-      </c>
-[...19 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>252</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>253</v>
+      </c>
+      <c r="D63" t="s">
+        <v>65</v>
+      </c>
+      <c r="E63" t="s">
+        <v>66</v>
+      </c>
+      <c r="F63" t="s">
+        <v>143</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H63" t="s">
         <v>255</v>
-      </c>
-[...19 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>256</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>257</v>
+      </c>
+      <c r="D64" t="s">
+        <v>65</v>
+      </c>
+      <c r="E64" t="s">
+        <v>66</v>
+      </c>
+      <c r="F64" t="s">
+        <v>177</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H64" t="s">
         <v>259</v>
-      </c>
-[...19 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>260</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>261</v>
+      </c>
+      <c r="D65" t="s">
+        <v>65</v>
+      </c>
+      <c r="E65" t="s">
+        <v>66</v>
+      </c>
+      <c r="F65" t="s">
+        <v>143</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H65" t="s">
         <v>263</v>
-      </c>
-[...19 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>264</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>265</v>
+      </c>
+      <c r="D66" t="s">
+        <v>65</v>
+      </c>
+      <c r="E66" t="s">
+        <v>66</v>
+      </c>
+      <c r="F66" t="s">
+        <v>143</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H66" t="s">
         <v>267</v>
-      </c>
-[...19 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>268</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>269</v>
+      </c>
+      <c r="D67" t="s">
+        <v>65</v>
+      </c>
+      <c r="E67" t="s">
+        <v>66</v>
+      </c>
+      <c r="F67" t="s">
+        <v>134</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H67" t="s">
         <v>271</v>
-      </c>
-[...19 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>16</v>
+        <v>273</v>
       </c>
       <c r="D68" t="s">
-        <v>272</v>
+        <v>65</v>
       </c>
       <c r="E68" t="s">
-        <v>273</v>
+        <v>66</v>
       </c>
       <c r="F68" t="s">
+        <v>134</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="G68" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H68" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>20</v>
+        <v>277</v>
       </c>
       <c r="D69" t="s">
-        <v>272</v>
+        <v>65</v>
       </c>
       <c r="E69" t="s">
-        <v>273</v>
+        <v>66</v>
       </c>
       <c r="F69" t="s">
-        <v>274</v>
+        <v>134</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="H69" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E70" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F70" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>284</v>
       </c>
       <c r="H70" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D71" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E71" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F71" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H71" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D72" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E72" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F72" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H72" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>292</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>24</v>
+      </c>
+      <c r="D73" t="s">
+        <v>281</v>
+      </c>
+      <c r="E73" t="s">
+        <v>282</v>
+      </c>
+      <c r="F73" t="s">
+        <v>283</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H73" t="s">
         <v>291</v>
-      </c>
-[...19 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>294</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D74" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E74" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F74" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>295</v>
       </c>
       <c r="H74" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D75" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E75" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F75" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H75" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="D76" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E76" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F76" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H76" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>303</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>40</v>
+      </c>
+      <c r="D77" t="s">
+        <v>281</v>
+      </c>
+      <c r="E77" t="s">
+        <v>282</v>
+      </c>
+      <c r="F77" t="s">
+        <v>283</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H77" t="s">
         <v>302</v>
-      </c>
-[...19 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>305</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="D78" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E78" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F78" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>306</v>
       </c>
       <c r="H78" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>308</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="D79" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E79" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F79" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>309</v>
       </c>
       <c r="H79" t="s">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="D80" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E80" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F80" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H80" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="D81" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E81" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F81" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H81" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D82" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E82" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F82" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="H82" t="s">
-        <v>318</v>
+        <v>299</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>319</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D83" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E83" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F83" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H83" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>322</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D84" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E84" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F84" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>323</v>
       </c>
       <c r="H84" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>325</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D85" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E85" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F85" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>326</v>
       </c>
       <c r="H85" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>328</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D86" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E86" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F86" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>329</v>
       </c>
       <c r="H86" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D87" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E87" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F87" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H87" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D88" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E88" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F88" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H88" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>337</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>133</v>
+      </c>
+      <c r="D89" t="s">
+        <v>281</v>
+      </c>
+      <c r="E89" t="s">
+        <v>282</v>
+      </c>
+      <c r="F89" t="s">
+        <v>283</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H89" t="s">
         <v>336</v>
-      </c>
-[...19 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D90" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E90" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F90" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H90" t="s">
-        <v>282</v>
+        <v>341</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D91" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E91" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F91" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="H91" t="s">
-        <v>282</v>
+        <v>344</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D92" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E92" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F92" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="H92" t="s">
-        <v>344</v>
+        <v>291</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D93" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E93" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F93" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="H93" t="s">
-        <v>347</v>
+        <v>291</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D94" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E94" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F94" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H94" t="s">
-        <v>350</v>
+        <v>291</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>351</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D95" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E95" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F95" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>352</v>
       </c>
       <c r="H95" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>354</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D96" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E96" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F96" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>355</v>
       </c>
       <c r="H96" t="s">
-        <v>290</v>
+        <v>356</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D97" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E97" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F97" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H97" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D98" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E98" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F98" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H98" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D99" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E99" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F99" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H99" t="s">
-        <v>364</v>
+        <v>299</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>365</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D100" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E100" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F100" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>366</v>
       </c>
       <c r="H100" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>368</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D101" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E101" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F101" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>369</v>
       </c>
       <c r="H101" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>371</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D102" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E102" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F102" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>372</v>
       </c>
       <c r="H102" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>374</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D103" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E103" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F103" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>375</v>
       </c>
       <c r="H103" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>377</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D104" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E104" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F104" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>378</v>
       </c>
       <c r="H104" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>380</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D105" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E105" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F105" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>381</v>
       </c>
       <c r="H105" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>383</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D106" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E106" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F106" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>384</v>
       </c>
       <c r="H106" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>386</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D107" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E107" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F107" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>387</v>
       </c>
       <c r="H107" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>389</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D108" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E108" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F108" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H108" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>392</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D109" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E109" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F109" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>393</v>
       </c>
       <c r="H109" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>395</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D110" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E110" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F110" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>396</v>
       </c>
       <c r="H110" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>398</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D111" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E111" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="F111" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>399</v>
       </c>
       <c r="H111" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>401</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>10</v>
+        <v>229</v>
       </c>
       <c r="D112" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E112" t="s">
+        <v>282</v>
+      </c>
+      <c r="F112" t="s">
+        <v>283</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="F112" t="s">
-[...2 lines deleted...]
-      <c r="G112" s="1" t="s">
+      <c r="H112" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>404</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>233</v>
+      </c>
+      <c r="D113" t="s">
+        <v>281</v>
+      </c>
+      <c r="E113" t="s">
+        <v>282</v>
+      </c>
+      <c r="F113" t="s">
+        <v>283</v>
+      </c>
+      <c r="G113" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="B113" t="s">
-[...14 lines deleted...]
-      <c r="G113" s="1" t="s">
+      <c r="H113" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>407</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>237</v>
+      </c>
+      <c r="D114" t="s">
+        <v>281</v>
+      </c>
+      <c r="E114" t="s">
+        <v>282</v>
+      </c>
+      <c r="F114" t="s">
+        <v>283</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B114" t="s">
-[...14 lines deleted...]
-      <c r="G114" s="1" t="s">
+      <c r="H114" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>410</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>10</v>
+      </c>
+      <c r="D115" t="s">
+        <v>281</v>
+      </c>
+      <c r="E115" t="s">
         <v>411</v>
       </c>
-      <c r="B115" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F115" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>412</v>
       </c>
       <c r="H115" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>414</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D116" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E116" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F116" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>415</v>
       </c>
       <c r="H116" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>417</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D117" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E117" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F117" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>418</v>
       </c>
       <c r="H117" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>420</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D118" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E118" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F118" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>421</v>
       </c>
       <c r="H118" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>423</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D119" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E119" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F119" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>424</v>
       </c>
       <c r="H119" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>426</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D120" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E120" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F120" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>427</v>
       </c>
       <c r="H120" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>429</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="D121" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E121" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F121" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>430</v>
       </c>
       <c r="H121" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>432</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="D122" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E122" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F122" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>433</v>
       </c>
       <c r="H122" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>435</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="D123" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E123" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F123" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>436</v>
       </c>
       <c r="H123" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>438</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="D124" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E124" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F124" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>439</v>
       </c>
       <c r="H124" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>441</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="D125" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E125" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F125" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>442</v>
       </c>
       <c r="H125" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>444</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="D126" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E126" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F126" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>445</v>
       </c>
       <c r="H126" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>447</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D127" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E127" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F127" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>448</v>
       </c>
       <c r="H127" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>450</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D128" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E128" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F128" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>451</v>
       </c>
       <c r="H128" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>453</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D129" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E129" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F129" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>454</v>
       </c>
       <c r="H129" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>456</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D130" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E130" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F130" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>457</v>
       </c>
       <c r="H130" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>459</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D131" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E131" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F131" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>460</v>
       </c>
       <c r="H131" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>462</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D132" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E132" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F132" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>463</v>
       </c>
       <c r="H132" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>465</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D133" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E133" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F133" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>466</v>
       </c>
       <c r="H133" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>468</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="D134" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E134" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F134" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>469</v>
       </c>
       <c r="H134" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>471</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D135" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E135" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F135" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H135" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>474</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D136" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E136" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F136" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>475</v>
       </c>
       <c r="H136" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>477</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D137" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E137" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F137" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>478</v>
       </c>
       <c r="H137" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>480</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D138" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E138" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F138" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>481</v>
       </c>
       <c r="H138" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>483</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D139" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E139" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F139" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>484</v>
       </c>
       <c r="H139" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>486</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D140" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="E140" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F140" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>487</v>
       </c>
       <c r="H140" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>489</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>10</v>
+        <v>164</v>
       </c>
       <c r="D141" t="s">
+        <v>281</v>
+      </c>
+      <c r="E141" t="s">
+        <v>411</v>
+      </c>
+      <c r="F141" t="s">
+        <v>283</v>
+      </c>
+      <c r="G141" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="E141" t="s">
+      <c r="H141" t="s">
         <v>491</v>
-      </c>
-[...7 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>492</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>168</v>
+      </c>
+      <c r="D142" t="s">
+        <v>281</v>
+      </c>
+      <c r="E142" t="s">
+        <v>411</v>
+      </c>
+      <c r="F142" t="s">
+        <v>283</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H142" t="s">
         <v>494</v>
-      </c>
-[...19 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>495</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>172</v>
+      </c>
+      <c r="D143" t="s">
+        <v>281</v>
+      </c>
+      <c r="E143" t="s">
+        <v>411</v>
+      </c>
+      <c r="F143" t="s">
+        <v>283</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H143" t="s">
         <v>497</v>
-      </c>
-[...19 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>498</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>10</v>
+      </c>
+      <c r="D144" t="s">
         <v>499</v>
       </c>
-      <c r="B144" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E144" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="F144" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H144" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D145" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="E145" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="F145" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H145" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D146" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="E146" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="F146" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H146" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>508</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D147" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="E147" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="F147" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>509</v>
       </c>
       <c r="H147" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>511</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D148" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="E148" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="F148" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>512</v>
       </c>
       <c r="H148" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>514</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D149" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="E149" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="F149" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>515</v>
       </c>
       <c r="H149" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D150" t="s">
-        <v>517</v>
+        <v>499</v>
       </c>
       <c r="E150" t="s">
+        <v>500</v>
+      </c>
+      <c r="F150" t="s">
+        <v>177</v>
+      </c>
+      <c r="G150" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="F150" t="s">
-[...2 lines deleted...]
-      <c r="G150" s="1" t="s">
+      <c r="H150" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>520</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>40</v>
+      </c>
+      <c r="D151" t="s">
+        <v>499</v>
+      </c>
+      <c r="E151" t="s">
+        <v>500</v>
+      </c>
+      <c r="F151" t="s">
+        <v>177</v>
+      </c>
+      <c r="G151" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="B151" t="s">
-[...11 lines deleted...]
-      <c r="G151" s="1" t="s">
+      <c r="H151" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>523</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>44</v>
+      </c>
+      <c r="D152" t="s">
+        <v>499</v>
+      </c>
+      <c r="E152" t="s">
+        <v>500</v>
+      </c>
+      <c r="F152" t="s">
+        <v>177</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="B152" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H152" t="s">
-        <v>526</v>
+        <v>513</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>525</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>10</v>
+      </c>
+      <c r="D153" t="s">
+        <v>526</v>
+      </c>
+      <c r="E153" t="s">
         <v>527</v>
       </c>
-      <c r="B153" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F153" t="s">
-        <v>274</v>
+        <v>143</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H153" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>530</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D154" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E154" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>527</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>531</v>
       </c>
       <c r="H154" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>533</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D155" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E155" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F155" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>534</v>
       </c>
       <c r="H155" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>536</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D156" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E156" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F156" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>537</v>
       </c>
       <c r="H156" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>539</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D157" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E157" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F157" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>540</v>
       </c>
       <c r="H157" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>542</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D158" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E158" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F158" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>543</v>
       </c>
       <c r="H158" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>545</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="D159" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E159" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F159" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>546</v>
       </c>
       <c r="H159" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>548</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="D160" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E160" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F160" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>549</v>
       </c>
       <c r="H160" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>551</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="D161" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E161" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F161" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>552</v>
       </c>
       <c r="H161" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="D162" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E162" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F162" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="H162" t="s">
-        <v>541</v>
+        <v>556</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="D163" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E163" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F163" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="H163" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="D164" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E164" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F164" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="H164" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D165" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E165" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F165" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="H165" t="s">
-        <v>563</v>
+        <v>550</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>564</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D166" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E166" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F166" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>565</v>
       </c>
       <c r="H166" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>567</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D167" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E167" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F167" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>568</v>
       </c>
       <c r="H167" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>570</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D168" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E168" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F168" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>571</v>
       </c>
       <c r="H168" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>573</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D169" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E169" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F169" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>574</v>
       </c>
       <c r="H169" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>576</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D170" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E170" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F170" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>577</v>
       </c>
       <c r="H170" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>579</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D171" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E171" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F171" t="s">
+        <v>283</v>
+      </c>
+      <c r="G171" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="G171" s="1" t="s">
+      <c r="H171" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>582</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>133</v>
+      </c>
+      <c r="D172" t="s">
+        <v>526</v>
+      </c>
+      <c r="E172" t="s">
+        <v>527</v>
+      </c>
+      <c r="F172" t="s">
+        <v>283</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="B172" t="s">
-[...14 lines deleted...]
-      <c r="G172" s="1" t="s">
+      <c r="H172" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>585</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>138</v>
+      </c>
+      <c r="D173" t="s">
+        <v>526</v>
+      </c>
+      <c r="E173" t="s">
+        <v>527</v>
+      </c>
+      <c r="F173" t="s">
+        <v>283</v>
+      </c>
+      <c r="G173" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="B173" t="s">
-[...14 lines deleted...]
-      <c r="G173" s="1" t="s">
+      <c r="H173" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>588</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>142</v>
+      </c>
+      <c r="D174" t="s">
+        <v>526</v>
+      </c>
+      <c r="E174" t="s">
+        <v>527</v>
+      </c>
+      <c r="F174" t="s">
         <v>589</v>
-      </c>
-[...13 lines deleted...]
-        <v>274</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H174" t="s">
-        <v>290</v>
+        <v>591</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D175" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E175" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F175" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="H175" t="s">
-        <v>541</v>
+        <v>594</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D176" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E176" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F176" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="H176" t="s">
-        <v>541</v>
+        <v>597</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D177" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E177" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F177" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="H177" t="s">
-        <v>541</v>
+        <v>299</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D178" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E178" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F178" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="H178" t="s">
-        <v>344</v>
+        <v>550</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D179" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E179" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F179" t="s">
-        <v>134</v>
+        <v>283</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="H179" t="s">
-        <v>601</v>
+        <v>550</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D180" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E180" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F180" t="s">
-        <v>134</v>
+        <v>283</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="H180" t="s">
-        <v>604</v>
+        <v>550</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D181" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E181" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F181" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H181" t="s">
-        <v>607</v>
+        <v>353</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>608</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D182" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E182" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F182" t="s">
-        <v>274</v>
+        <v>143</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>609</v>
       </c>
       <c r="H182" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>611</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D183" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E183" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F183" t="s">
-        <v>274</v>
+        <v>143</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>612</v>
       </c>
       <c r="H183" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>614</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D184" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E184" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F184" t="s">
-        <v>580</v>
+        <v>283</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>615</v>
       </c>
       <c r="H184" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>617</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D185" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E185" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F185" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>618</v>
       </c>
       <c r="H185" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>620</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D186" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E186" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F186" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>621</v>
       </c>
       <c r="H186" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>623</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D187" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E187" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F187" t="s">
-        <v>274</v>
+        <v>589</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>624</v>
       </c>
       <c r="H187" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>626</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D188" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E188" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F188" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>627</v>
       </c>
       <c r="H188" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>629</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="D189" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E189" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F189" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H189" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>632</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="D190" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E190" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F190" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>633</v>
       </c>
       <c r="H190" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>635</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="D191" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E191" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F191" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>636</v>
       </c>
       <c r="H191" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>638</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D192" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E192" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F192" t="s">
-        <v>168</v>
+        <v>283</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>639</v>
       </c>
       <c r="H192" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>641</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D193" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E193" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F193" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>642</v>
       </c>
       <c r="H193" t="s">
-        <v>382</v>
+        <v>643</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D194" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E194" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F194" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="H194" t="s">
-        <v>290</v>
+        <v>646</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D195" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E195" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F195" t="s">
-        <v>274</v>
+        <v>177</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="H195" t="s">
-        <v>290</v>
+        <v>649</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D196" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E196" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F196" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="H196" t="s">
-        <v>376</v>
+        <v>391</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D197" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E197" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F197" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="H197" t="s">
-        <v>634</v>
+        <v>299</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D198" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E198" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F198" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="H198" t="s">
-        <v>653</v>
+        <v>299</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>655</v>
+        <v>249</v>
       </c>
       <c r="D199" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E199" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F199" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="H199" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D200" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E200" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F200" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="H200" t="s">
-        <v>394</v>
+        <v>643</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D201" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E201" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F201" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H201" t="s">
-        <v>397</v>
+        <v>662</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>260</v>
+        <v>664</v>
       </c>
       <c r="D202" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E202" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F202" t="s">
-        <v>580</v>
+        <v>283</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="H202" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D203" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E203" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F203" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="H203" t="s">
-        <v>665</v>
+        <v>403</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="D204" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E204" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F204" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="H204" t="s">
-        <v>668</v>
+        <v>406</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>670</v>
+        <v>269</v>
       </c>
       <c r="D205" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E205" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="F205" t="s">
-        <v>274</v>
+        <v>589</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>671</v>
       </c>
       <c r="H205" t="s">
-        <v>672</v>
+        <v>409</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
+        <v>672</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>273</v>
+      </c>
+      <c r="D206" t="s">
+        <v>526</v>
+      </c>
+      <c r="E206" t="s">
+        <v>527</v>
+      </c>
+      <c r="F206" t="s">
+        <v>283</v>
+      </c>
+      <c r="G206" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="B206" t="s">
-[...2 lines deleted...]
-      <c r="C206" t="s">
+      <c r="H206" t="s">
         <v>674</v>
-      </c>
-[...13 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
+        <v>675</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>277</v>
+      </c>
+      <c r="D207" t="s">
+        <v>526</v>
+      </c>
+      <c r="E207" t="s">
+        <v>527</v>
+      </c>
+      <c r="F207" t="s">
+        <v>283</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H207" t="s">
         <v>677</v>
-      </c>
-[...19 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
+        <v>678</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>679</v>
+      </c>
+      <c r="D208" t="s">
+        <v>526</v>
+      </c>
+      <c r="E208" t="s">
+        <v>527</v>
+      </c>
+      <c r="F208" t="s">
+        <v>283</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="H208" t="s">
         <v>681</v>
-      </c>
-[...19 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
+        <v>682</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>683</v>
+      </c>
+      <c r="D209" t="s">
+        <v>526</v>
+      </c>
+      <c r="E209" t="s">
+        <v>527</v>
+      </c>
+      <c r="F209" t="s">
+        <v>283</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H209" t="s">
         <v>685</v>
-      </c>
-[...19 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
+        <v>686</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>687</v>
+      </c>
+      <c r="D210" t="s">
+        <v>526</v>
+      </c>
+      <c r="E210" t="s">
+        <v>527</v>
+      </c>
+      <c r="F210" t="s">
+        <v>283</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="H210" t="s">
         <v>689</v>
-      </c>
-[...19 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
+        <v>690</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>691</v>
+      </c>
+      <c r="D211" t="s">
+        <v>526</v>
+      </c>
+      <c r="E211" t="s">
+        <v>527</v>
+      </c>
+      <c r="F211" t="s">
+        <v>283</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="H211" t="s">
         <v>693</v>
-      </c>
-[...19 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>16</v>
+        <v>695</v>
       </c>
       <c r="D212" t="s">
-        <v>694</v>
+        <v>526</v>
       </c>
       <c r="E212" t="s">
-        <v>695</v>
+        <v>527</v>
       </c>
       <c r="F212" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="H212" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
+        <v>698</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>699</v>
+      </c>
+      <c r="D213" t="s">
+        <v>526</v>
+      </c>
+      <c r="E213" t="s">
+        <v>527</v>
+      </c>
+      <c r="F213" t="s">
+        <v>283</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="H213" t="s">
         <v>701</v>
-      </c>
-[...19 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>702</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>10</v>
+      </c>
+      <c r="D214" t="s">
+        <v>703</v>
+      </c>
+      <c r="E214" t="s">
         <v>704</v>
       </c>
-      <c r="B214" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F214" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>705</v>
       </c>
       <c r="H214" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>707</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D215" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E215" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F215" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>708</v>
       </c>
       <c r="H215" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>710</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D216" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E216" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F216" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>711</v>
       </c>
       <c r="H216" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>713</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D217" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E217" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F217" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>714</v>
       </c>
       <c r="H217" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>716</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D218" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E218" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F218" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>717</v>
       </c>
       <c r="H218" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>719</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D219" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E219" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F219" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>720</v>
       </c>
       <c r="H219" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>722</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="D220" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E220" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F220" t="s">
-        <v>580</v>
+        <v>283</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>723</v>
       </c>
       <c r="H220" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>725</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="D221" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E221" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F221" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>726</v>
       </c>
       <c r="H221" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>728</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="D222" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E222" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F222" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>729</v>
       </c>
       <c r="H222" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>731</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="D223" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E223" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F223" t="s">
-        <v>274</v>
+        <v>589</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>732</v>
       </c>
       <c r="H223" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>734</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="D224" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E224" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F224" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>735</v>
       </c>
       <c r="H224" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>737</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="D225" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E225" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F225" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>738</v>
       </c>
       <c r="H225" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>740</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D226" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E226" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F226" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>741</v>
       </c>
       <c r="H226" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>743</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D227" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E227" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F227" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>744</v>
       </c>
       <c r="H227" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>746</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D228" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E228" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F228" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>747</v>
       </c>
       <c r="H228" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>749</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D229" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E229" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F229" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>750</v>
       </c>
       <c r="H229" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>752</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D230" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E230" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F230" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>753</v>
       </c>
       <c r="H230" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>755</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D231" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E231" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F231" t="s">
-        <v>580</v>
+        <v>283</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>756</v>
       </c>
       <c r="H231" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>758</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D232" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E232" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F232" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>759</v>
       </c>
       <c r="H232" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>761</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="D233" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E233" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F233" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>762</v>
       </c>
       <c r="H233" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>764</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D234" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E234" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F234" t="s">
-        <v>274</v>
+        <v>589</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>765</v>
       </c>
       <c r="H234" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>767</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D235" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E235" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F235" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>768</v>
       </c>
       <c r="H235" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>770</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D236" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E236" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F236" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>771</v>
       </c>
       <c r="H236" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>773</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D237" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E237" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F237" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>774</v>
       </c>
       <c r="H237" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>776</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D238" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E238" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F238" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>777</v>
       </c>
       <c r="H238" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>779</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D239" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E239" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F239" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H239" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>782</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D240" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E240" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F240" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>783</v>
       </c>
       <c r="H240" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>785</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D241" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E241" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F241" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>786</v>
       </c>
       <c r="H241" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>788</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D242" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E242" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F242" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>789</v>
       </c>
       <c r="H242" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>791</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D243" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E243" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F243" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>792</v>
       </c>
       <c r="H243" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>794</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D244" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="E244" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F244" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>795</v>
       </c>
       <c r="H244" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>797</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>10</v>
+        <v>185</v>
       </c>
       <c r="D245" t="s">
+        <v>703</v>
+      </c>
+      <c r="E245" t="s">
+        <v>704</v>
+      </c>
+      <c r="F245" t="s">
+        <v>283</v>
+      </c>
+      <c r="G245" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="E245" t="s">
+      <c r="H245" t="s">
         <v>799</v>
-      </c>
-[...7 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
+        <v>800</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>189</v>
+      </c>
+      <c r="D246" t="s">
+        <v>703</v>
+      </c>
+      <c r="E246" t="s">
+        <v>704</v>
+      </c>
+      <c r="F246" t="s">
+        <v>283</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H246" t="s">
         <v>802</v>
-      </c>
-[...19 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
+        <v>803</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>193</v>
+      </c>
+      <c r="D247" t="s">
+        <v>703</v>
+      </c>
+      <c r="E247" t="s">
+        <v>704</v>
+      </c>
+      <c r="F247" t="s">
+        <v>283</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H247" t="s">
         <v>805</v>
-      </c>
-[...19 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>806</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>10</v>
+      </c>
+      <c r="D248" t="s">
+        <v>807</v>
+      </c>
+      <c r="E248" t="s">
         <v>808</v>
       </c>
-      <c r="B248" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F248" t="s">
-        <v>134</v>
+        <v>589</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>809</v>
       </c>
       <c r="H248" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>811</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D249" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E249" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F249" t="s">
+        <v>143</v>
+      </c>
+      <c r="G249" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="G249" s="1" t="s">
+      <c r="H249" t="s">
         <v>813</v>
-      </c>
-[...1 lines deleted...]
-        <v>814</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
+        <v>814</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>20</v>
+      </c>
+      <c r="D250" t="s">
+        <v>807</v>
+      </c>
+      <c r="E250" t="s">
+        <v>808</v>
+      </c>
+      <c r="F250" t="s">
+        <v>589</v>
+      </c>
+      <c r="G250" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="B250" t="s">
-[...14 lines deleted...]
-      <c r="G250" s="1" t="s">
+      <c r="H250" t="s">
         <v>816</v>
-      </c>
-[...1 lines deleted...]
-        <v>817</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
+        <v>817</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>24</v>
+      </c>
+      <c r="D251" t="s">
+        <v>807</v>
+      </c>
+      <c r="E251" t="s">
+        <v>808</v>
+      </c>
+      <c r="F251" t="s">
+        <v>143</v>
+      </c>
+      <c r="G251" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="B251" t="s">
-[...11 lines deleted...]
-      <c r="F251" t="s">
+      <c r="H251" t="s">
         <v>819</v>
-      </c>
-[...4 lines deleted...]
-        <v>814</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
+        <v>820</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>28</v>
+      </c>
+      <c r="D252" t="s">
+        <v>807</v>
+      </c>
+      <c r="E252" t="s">
+        <v>808</v>
+      </c>
+      <c r="F252" t="s">
         <v>821</v>
-      </c>
-[...13 lines deleted...]
-        <v>580</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>822</v>
       </c>
       <c r="H252" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D253" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E253" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F253" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="H253" t="s">
-        <v>817</v>
+        <v>826</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="D254" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E254" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F254" t="s">
-        <v>134</v>
+        <v>828</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="H254" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="D255" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E255" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F255" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="H255" t="s">
-        <v>817</v>
+        <v>826</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="D256" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E256" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F256" t="s">
-        <v>134</v>
+        <v>589</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="H256" t="s">
-        <v>832</v>
+        <v>826</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="D257" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E257" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F257" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="H257" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="D258" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E258" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F258" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="H258" t="s">
-        <v>817</v>
+        <v>826</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="D259" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E259" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F259" t="s">
-        <v>580</v>
+        <v>143</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="H259" t="s">
-        <v>817</v>
+        <v>841</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D260" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E260" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F260" t="s">
-        <v>812</v>
+        <v>143</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="H260" t="s">
-        <v>817</v>
+        <v>844</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D261" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E261" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F261" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="H261" t="s">
-        <v>801</v>
+        <v>826</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D262" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="E262" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="F262" t="s">
-        <v>134</v>
+        <v>589</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="H262" t="s">
-        <v>846</v>
+        <v>826</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="D263" t="s">
-        <v>848</v>
+        <v>807</v>
       </c>
       <c r="E263" t="s">
-        <v>849</v>
+        <v>808</v>
       </c>
       <c r="F263" t="s">
-        <v>168</v>
+        <v>821</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>850</v>
       </c>
       <c r="H263" t="s">
-        <v>851</v>
+        <v>826</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
+        <v>851</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>121</v>
+      </c>
+      <c r="D264" t="s">
+        <v>807</v>
+      </c>
+      <c r="E264" t="s">
+        <v>808</v>
+      </c>
+      <c r="F264" t="s">
+        <v>589</v>
+      </c>
+      <c r="G264" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="B264" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H264" t="s">
-        <v>854</v>
+        <v>810</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
+        <v>853</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>125</v>
+      </c>
+      <c r="D265" t="s">
+        <v>807</v>
+      </c>
+      <c r="E265" t="s">
+        <v>808</v>
+      </c>
+      <c r="F265" t="s">
+        <v>143</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="H265" t="s">
         <v>855</v>
-      </c>
-[...19 lines deleted...]
-        <v>857</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
         <v>10</v>
       </c>
       <c r="D266" t="s">
+        <v>857</v>
+      </c>
+      <c r="E266" t="s">
+        <v>858</v>
+      </c>
+      <c r="F266" t="s">
+        <v>177</v>
+      </c>
+      <c r="G266" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="E266" t="s">
+      <c r="H266" t="s">
         <v>860</v>
-      </c>
-[...7 lines deleted...]
-        <v>851</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>16</v>
       </c>
       <c r="D267" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="E267" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="F267" t="s">
-        <v>580</v>
+        <v>177</v>
       </c>
       <c r="G267" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H267" t="s">
         <v>863</v>
-      </c>
-[...1 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>864</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>20</v>
+      </c>
+      <c r="D268" t="s">
+        <v>857</v>
+      </c>
+      <c r="E268" t="s">
+        <v>858</v>
+      </c>
+      <c r="F268" t="s">
+        <v>177</v>
+      </c>
+      <c r="G268" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="B268" t="s">
-[...14 lines deleted...]
-      <c r="G268" s="1" t="s">
+      <c r="H268" t="s">
         <v>866</v>
-      </c>
-[...1 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>10</v>
       </c>
       <c r="D269" t="s">
+        <v>868</v>
+      </c>
+      <c r="E269" t="s">
         <v>869</v>
       </c>
-      <c r="E269" t="s">
+      <c r="F269" t="s">
+        <v>589</v>
+      </c>
+      <c r="G269" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="F269" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H269" t="s">
-        <v>872</v>
+        <v>860</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
+        <v>871</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>16</v>
+      </c>
+      <c r="D270" t="s">
+        <v>868</v>
+      </c>
+      <c r="E270" t="s">
+        <v>869</v>
+      </c>
+      <c r="F270" t="s">
+        <v>589</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H270" t="s">
         <v>873</v>
-      </c>
-[...19 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>24</v>
       </c>
       <c r="D271" t="s">
+        <v>868</v>
+      </c>
+      <c r="E271" t="s">
         <v>869</v>
       </c>
-      <c r="E271" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F271" t="s">
-        <v>125</v>
+        <v>589</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="H271" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
+        <v>877</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>10</v>
+      </c>
+      <c r="D272" t="s">
+        <v>878</v>
+      </c>
+      <c r="E272" t="s">
+        <v>879</v>
+      </c>
+      <c r="F272" t="s">
+        <v>134</v>
+      </c>
+      <c r="G272" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="B272" t="s">
-[...11 lines deleted...]
-      <c r="F272" t="s">
+      <c r="H272" t="s">
         <v>881</v>
-      </c>
-[...4 lines deleted...]
-        <v>883</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
+        <v>882</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>20</v>
+      </c>
+      <c r="D273" t="s">
+        <v>878</v>
+      </c>
+      <c r="E273" t="s">
+        <v>879</v>
+      </c>
+      <c r="F273" t="s">
+        <v>883</v>
+      </c>
+      <c r="G273" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="B273" t="s">
-[...14 lines deleted...]
-      <c r="G273" s="1" t="s">
+      <c r="H273" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
+        <v>886</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>24</v>
+      </c>
+      <c r="D274" t="s">
+        <v>878</v>
+      </c>
+      <c r="E274" t="s">
+        <v>879</v>
+      </c>
+      <c r="F274" t="s">
+        <v>134</v>
+      </c>
+      <c r="G274" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="B274" t="s">
-[...14 lines deleted...]
-      <c r="G274" s="1" t="s">
+      <c r="H274" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
+        <v>889</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>28</v>
+      </c>
+      <c r="D275" t="s">
+        <v>878</v>
+      </c>
+      <c r="E275" t="s">
+        <v>879</v>
+      </c>
+      <c r="F275" t="s">
         <v>890</v>
-      </c>
-[...13 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G275" s="1" t="s">
         <v>891</v>
       </c>
       <c r="H275" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>893</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D276" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="E276" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="F276" t="s">
         <v>134</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>894</v>
       </c>
       <c r="H276" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>896</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="D277" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="E277" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="F277" t="s">
         <v>134</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>897</v>
       </c>
       <c r="H277" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>899</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="D278" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="E278" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="F278" t="s">
+        <v>134</v>
+      </c>
+      <c r="G278" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="G278" s="1" t="s">
+      <c r="H278" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
+        <v>902</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>44</v>
+      </c>
+      <c r="D279" t="s">
+        <v>878</v>
+      </c>
+      <c r="E279" t="s">
+        <v>879</v>
+      </c>
+      <c r="F279" t="s">
+        <v>143</v>
+      </c>
+      <c r="G279" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="B279" t="s">
-[...14 lines deleted...]
-      <c r="G279" s="1" t="s">
+      <c r="H279" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
+        <v>905</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>48</v>
+      </c>
+      <c r="D280" t="s">
+        <v>878</v>
+      </c>
+      <c r="E280" t="s">
+        <v>879</v>
+      </c>
+      <c r="F280" t="s">
+        <v>143</v>
+      </c>
+      <c r="G280" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="B280" t="s">
-[...14 lines deleted...]
-      <c r="G280" s="1" t="s">
+      <c r="H280" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
+        <v>908</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>52</v>
+      </c>
+      <c r="D281" t="s">
+        <v>878</v>
+      </c>
+      <c r="E281" t="s">
+        <v>879</v>
+      </c>
+      <c r="F281" t="s">
         <v>909</v>
-      </c>
-[...13 lines deleted...]
-        <v>168</v>
       </c>
       <c r="G281" s="1" t="s">
         <v>910</v>
       </c>
       <c r="H281" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>912</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="D282" t="s">
+        <v>878</v>
+      </c>
+      <c r="E282" t="s">
+        <v>879</v>
+      </c>
+      <c r="F282" t="s">
+        <v>909</v>
+      </c>
+      <c r="G282" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="E282" t="s">
+      <c r="H282" t="s">
         <v>914</v>
-      </c>
-[...4 lines deleted...]
-        <v>916</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
+        <v>915</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>105</v>
+      </c>
+      <c r="D283" t="s">
+        <v>878</v>
+      </c>
+      <c r="E283" t="s">
+        <v>879</v>
+      </c>
+      <c r="F283" t="s">
+        <v>177</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H283" t="s">
         <v>917</v>
-      </c>
-[...16 lines deleted...]
-        <v>919</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
+        <v>918</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>113</v>
+      </c>
+      <c r="D284" t="s">
+        <v>878</v>
+      </c>
+      <c r="E284" t="s">
+        <v>879</v>
+      </c>
+      <c r="F284" t="s">
+        <v>177</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="H284" t="s">
         <v>920</v>
-      </c>
-[...16 lines deleted...]
-        <v>922</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
+        <v>921</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>117</v>
+      </c>
+      <c r="D285" t="s">
+        <v>878</v>
+      </c>
+      <c r="E285" t="s">
+        <v>879</v>
+      </c>
+      <c r="F285" t="s">
+        <v>177</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="H285" t="s">
         <v>923</v>
       </c>
-      <c r="B285" t="s">
-[...2 lines deleted...]
-      <c r="C285" t="s">
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>924</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>10</v>
+      </c>
+      <c r="D286" t="s">
+        <v>925</v>
+      </c>
+      <c r="E286" t="s">
+        <v>926</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="H286" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>929</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>16</v>
+      </c>
+      <c r="D287" t="s">
+        <v>925</v>
+      </c>
+      <c r="E287" t="s">
+        <v>926</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="H287" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>932</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>20</v>
+      </c>
+      <c r="D288" t="s">
+        <v>925</v>
+      </c>
+      <c r="E288" t="s">
+        <v>926</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="H288" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>935</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
         <v>24</v>
       </c>
-      <c r="D285" t="s">
-[...8 lines deleted...]
-      <c r="H285" t="s">
+      <c r="D289" t="s">
         <v>925</v>
+      </c>
+      <c r="E289" t="s">
+        <v>926</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="H289" t="s">
+        <v>937</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -10831,50 +10962,54 @@
     <hyperlink ref="G261" r:id="rId260"/>
     <hyperlink ref="G262" r:id="rId261"/>
     <hyperlink ref="G263" r:id="rId262"/>
     <hyperlink ref="G264" r:id="rId263"/>
     <hyperlink ref="G265" r:id="rId264"/>
     <hyperlink ref="G266" r:id="rId265"/>
     <hyperlink ref="G267" r:id="rId266"/>
     <hyperlink ref="G268" r:id="rId267"/>
     <hyperlink ref="G269" r:id="rId268"/>
     <hyperlink ref="G270" r:id="rId269"/>
     <hyperlink ref="G271" r:id="rId270"/>
     <hyperlink ref="G272" r:id="rId271"/>
     <hyperlink ref="G273" r:id="rId272"/>
     <hyperlink ref="G274" r:id="rId273"/>
     <hyperlink ref="G275" r:id="rId274"/>
     <hyperlink ref="G276" r:id="rId275"/>
     <hyperlink ref="G277" r:id="rId276"/>
     <hyperlink ref="G278" r:id="rId277"/>
     <hyperlink ref="G279" r:id="rId278"/>
     <hyperlink ref="G280" r:id="rId279"/>
     <hyperlink ref="G281" r:id="rId280"/>
     <hyperlink ref="G282" r:id="rId281"/>
     <hyperlink ref="G283" r:id="rId282"/>
     <hyperlink ref="G284" r:id="rId283"/>
     <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>