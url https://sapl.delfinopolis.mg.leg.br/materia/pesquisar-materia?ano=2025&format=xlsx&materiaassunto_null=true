--- v1 (2026-03-03)
+++ v2 (2026-03-06)
@@ -51,2845 +51,2845 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Bal.C</t>
   </si>
   <si>
     <t>Balancete Contábil</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/01_-_balancete_de_janeiro_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/01_-_balancete_de_janeiro_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE CONTÁBIL DE JANEIRO DE 2025.</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/02_-_balancete_de_fevereiro_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/02_-_balancete_de_fevereiro_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE CONTÁBIL DE FEVEREIRO DE 2025.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/03_-_balancete_de_marco_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/03_-_balancete_de_marco_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE MÊS DE MARÇO 2025</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/04_-_balancete_de_abril_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/04_-_balancete_de_abril_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE CONTÁBIL MÊS DE ABRIL DE 2025</t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/05_-_balancete_de_maio_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/05_-_balancete_de_maio_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE CONTÁBIL MAIO DE 2025</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/06_-_balancete_de_junho_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/06_-_balancete_de_junho_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE MÊS DE JUNHO 2025</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/07_-_balancete_de_julho_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/07_-_balancete_de_julho_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE MÊS DE JULHO 2025</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/08_-_balancete_de_agosto2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/08_-_balancete_de_agosto2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE MÊS DE AGOSTO 2025</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/09_-_balancete_de_setembro_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/09_-_balancete_de_setembro_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE MÊS DE SETEMBRO 2025.</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/10_-_balancete_de_outubro_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/10_-_balancete_de_outubro_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE  MÊS DE OUTUBRO DE 2025</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/11_-_balancete_de_novembro_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/11_-_balancete_de_novembro_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE MÊS DE NOVEMBRO DE 2025</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/12_-_balancete_de_dezembro_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/12_-_balancete_de_dezembro_2025.pdf</t>
   </si>
   <si>
     <t>BALANCETE MÊS DE DEZEMBRO DE 2025</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/decreto_legislativo_n.o_001_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/decreto_legislativo_n.o_001_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DELEGAÇÃO DE ATRIBUIÇÕES, COMO NESTE SE ESPECÍFICA.</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
     <t>Indi.</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vinicius Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/indicacao_n.o_001_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/indicacao_n.o_001_2025.pdf</t>
   </si>
   <si>
     <t>Sugere implantação de uma farmácia na unidade de saúde para uso interno e doação de medicamentos para as pessoas carentes do distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
     <t>Deivide Junior Chagas</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/indicacao_n.o_002_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/indicacao_n.o_002_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que providencie reforma e colocação de sinalização de trânsito (placas) no Distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_n.o_003_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_n.o_003_2025.pdf</t>
   </si>
   <si>
     <t>Sugerir que seja instalado lombadas no distrito de Olhos D'água da Canastra:_x000D_
  01 (uma) lombada na Rua Cristiano Joaquim Lemos;_x000D_
 01 (uma) lombada na Rua Branca de Castro n.º 150;_x000D_
 Instalar lombadas no Bairro Recanto Pôr do Sol.</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/indicacao_n.o_004_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/indicacao_n.o_004_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a reforma do velório e cemitério do Olhos D'água da Canastra, bem como a colocação de alambrados e poste de iluminação.</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/indicacao_n.o_005_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/indicacao_n.o_005_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizado o recapeamento e/ou tapa buracos nas ruas do Distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/indicacao_n.o_006_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/indicacao_n.o_006_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a reforma/revitalização da "Praça Nossa Senhora dos Remédios", bem como a instalação de mais iluminarias, principalmente no entorno do Parquinho ao lado da igreja matriz e reforma dos banheiros públicos no Distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/indicacao_n.o_007_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/indicacao_n.o_007_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a reforma do PSF do Distrito de Olhos D'água, bem como a construção de uma sala de fisioterapia.</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/indicacao_n.o_008_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/indicacao_n.o_008_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a construção de Pista de Caminhada no entorno do campo de futebol "Aldo Alves Cabral" no Distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/indicacao_n.o_009_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/indicacao_n.o_009_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a reforma do antigo prédio do PSF do distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/indicacao_n.o_010_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/indicacao_n.o_010_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a construção e revitalização das calçadas de todos os prédios públicos do distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4410</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_n.o_011_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_n.o_011_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizado o serviço de concretagem do contra piso do barracão ao lado do prédio da antiga cadeia no distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_n.o_012_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_n.o_012_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que providencie a reforma total do campo de futebol Aldo Cabral e da quadra de esporte de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/indicacao_n.o_013_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/indicacao_n.o_013_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que realize a construção de uma quadra de peteca no distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/indicacao_n.o_014_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/indicacao_n.o_014_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que providencie a reforma/revitalização da quadra de esporte da escola "Maria Dias Machado" do distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/indicacao_n.o_015_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/indicacao_n.o_015_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a construção da área recreativa e laser no bairro "Recanto Pôr do Sol" sendo a:_x000D_
 - Construção de uma praça;_x000D_
 - Construção de uma academia ao ar livre;_x000D_
 - Construção de um parquinho infantil.</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/indicacao_n.o_016_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/indicacao_n.o_016_2025.pdf</t>
   </si>
   <si>
     <t>Sugere a implantação da escola em tempo integral na escola "Maria Dias Machado" no distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/indicacao_n.o_017_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/indicacao_n.o_017_2025.pdf</t>
   </si>
   <si>
     <t>Sugere a implantação e/ou convênio com órgãos tipo Senac, Senai e outros, com a finalidade de implantar cursos técnicos e ou profissionalizantes para os adolescentes na escola "Maria Dias Machado" do distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_n.o_018_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_n.o_018_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja disponibilizado um caminhão PIPA para o Distrito de Olhos D'água da Canastra para apagar a poeira nas entradas/saídas.</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/indicacao_n.o_019_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/indicacao_n.o_019_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que realize a construção de uma quadra de areia no Distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Maurício Maia</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/indicacao_n.o_020_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/indicacao_n.o_020_2025.pdf</t>
   </si>
   <si>
     <t>Sugere disponibilização de maquinários, consistente em uma máquina Patrol, um Caminhão Trucado / Caçamba e uma máquina Retroescavadeira para serem sediados nos entornos do Distrito de Babilônia (Ponte Alta) para manutenção das vias vicinais daquela circunvizinhança.</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/indicacao_n.o_021_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/indicacao_n.o_021_2025.pdf</t>
   </si>
   <si>
     <t>Aquisição de 03 (três) Abrigos Móveis (tenda) para os Cemitérios Municipais, da sede e distritos de Babilônia e Olhos D'água da Canastra a serem utilizadas nos sepultamentos em dias chuvosos e de sol intenso.</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>João Pedro Pereira</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/indicacao_n.o_022_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/indicacao_n.o_022_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que estenda o atendimento médico nos PSFs. do Distrito de Babilônia e de Olhos D'água da Canastra até as 20h00, uma vez por semana.</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/indicacao_n.o_023_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/indicacao_n.o_023_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que retome a obra de calçamento na rua Amador José dos Santos, no Distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/indicacao_n.o_024_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/indicacao_n.o_024_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja feita a reforma da quadra poliesportiva do Distrito de Babilônia, sendo: reforma de telhado; iluminações; piso, alambrado; construção de vestiários e banheiros.</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/indicacao_n.o_025_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/indicacao_n.o_025_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja alterado o sistema de trabalho dos Garis para tarefa.</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Eduardo Pinto</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/indicacao_n.o_026_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/indicacao_n.o_026_2025.pdf</t>
   </si>
   <si>
     <t>Sugere a criação de progressões trienais e quinquenais, em 3% e 5%, respectivamente, para os servidores municipais.</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/indicacao_n.o_027_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/indicacao_n.o_027_2025.pdf</t>
   </si>
   <si>
     <t>Sugerir melhorias na Praça Amador Miguel no bairro São Sebastião, sendo:_x000D_
 1 - Iluminação na Praça (que se encontra muito escura)_x000D_
 2 - Manutenção na Academia ao Ar Livre (que se encontra em más condições de uso).</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/indicacao_n.o_028_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/indicacao_n.o_028_2025.pdf</t>
   </si>
   <si>
     <t>Sugerir que a Prefeitura crie um programa de exame de vista para atender os alunos da rede pública de ensino.</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/indicacao_n.o_029_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/indicacao_n.o_029_2025.pdf</t>
   </si>
   <si>
     <t>Sugerir a remoção de antena desativada na Creche do Distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Hernanes Cândido Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/indicacao_n.o_030_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/indicacao_n.o_030_2025.pdf</t>
   </si>
   <si>
     <t>Sugerir que por meio da Secretária de Turismo, Lazer, Esporte e Cultura, que realize o cadastramento da Prefeitura de Delfinópolis para participar do Programa ICMS Esportivo do Governo de Minas Gerais.</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/indicacao_n.o_031_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/indicacao_n.o_031_2025.pdf</t>
   </si>
   <si>
     <t>Sugerir a reforma e manutenção nos parques Infantis da sede e dos Distritos de Olhos D'água da Canastra e Babilônia.</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_n.o_032_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_n.o_032_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja feito reparos de tapa buracos dentro do condomínio "Pontal do Lago".</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_n.o_033_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_n.o_033_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja colocado a academia ao ar livre no Condomínio "Pontal do Lago".</t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_n.o_034_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_n.o_034_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja feito o calçamento no Povoado da Bela Mansão.</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_n.o_035_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_n.o_035_2025.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de lombadas nos seguintes locais:_x000D_
 01 (uma) lombada na Rua Antônio Lopes Filho, nas imediações entre o estabelecimento Empório Canastreiro e o Restaurante Varandas;_x000D_
 02 (duas) lombadas na Rua Orlando Luiz de Freitas.</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_n.o_036_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_n.o_036_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja construída uma rotatória e/ou terceira faixa na Rua Antônio Lopes Filho com entroncamento de acesso ao bairro Portal da Canastra.</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/indicacao_n.o_037_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/indicacao_n.o_037_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja colocado AR CONDICIONADO na sala onde fica os servidores do SAMU.</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_n.o_038_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_n.o_038_2025.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de Postes de Iluminação Pública na Rua Olívio Batista Machado (Rua Vargem), que faz ligação com o Bairro Jatobá, no Distrito de Ponte Alta.</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_n.o_039_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_n.o_039_2025.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de lixeiras, orgânica e reciclável, (soldada no chão) a serem colocadas no Distrito de Olhos D'Água para o descarte correto do lixo pelo turista.</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_n.o_040_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_n.o_040_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja instalada iluminação pública na Rua Juscelino Pernambuco que interliga os bairros Nossa Senhora Aparecida ao Portal da Canastra.</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/indicacao_n.o_041_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/indicacao_n.o_041_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que realize a construção de uma quadra de "beach tennis" oficial na praça José Vicente Araújo - Lena ao lado da rodoviária, na sede do município de Delfinópolis.</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/indicacao_n.o_042_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/indicacao_n.o_042_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a reforma dos banheiros da quadra de esportes do bairro São Sebastião.</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/indicacao_n.o_043_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/indicacao_n.o_043_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que uma vez ouvido o Serviço Social e a Procuradoria do Município, nos envie Projeto de Lei para regularização e doação dos imóveis aos moradores do Bairro Nossa Senhora Aparecida que ocupam as Moradias Sociais daquele Bairro por décadas, para seis ocupantes, para que assim possamos promover a verdadeira justiça social e entregar as Escrituras e os Registros deste imóveis aos donos legítimos, ou seja, aqueles que detêm posse destas moradias há décadas.</t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_no_044_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_no_044_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja colocado uma lombada na rua Iluipitrando Soares em frente ao n.º 221, bairro São Sebastião em Delfinópolis.</t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_no_045_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_no_045_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja instalado placa de sinalização "PARE", no cruzamento da rua José Augusto Pereira com a rua Antônio Batista Machado, no Distrito de Babilônia.</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_n.o_046_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_n.o_046_2025.pdf</t>
   </si>
   <si>
     <t>Sugere aquisição e instalação de LETREIROS TURÍSTICOS em pontos estratégicos da Sede e Distritos Municipais.</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_n.o_047_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_n.o_047_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja criado o Programa de parcerias entre a Prefeitura e os proprietários de imóveis.</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/indicacao_n.o_048_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/indicacao_n.o_048_2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja construído alambrado no campo de futebol da Mata dos Marques.</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/indicacao_n.o_049_2025.lnk</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/indicacao_n.o_049_2025.lnk</t>
   </si>
   <si>
     <t>Sugere que seja realizada a equiparação salarial dos operadores de máquinas conforme os vencimentos da região.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/indicacao_n.o_050_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/indicacao_n.o_050_2025.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA ENCAMINHADO PROJETO DE LEI PARA REGULAMENTAR A CONTRATAÇÃO DE ESTAGIÁRIO EM NÍVEL TÉCNICO.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/indicacao_n.o_052.2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/indicacao_n.o_052.2025.pdf</t>
   </si>
   <si>
     <t>Sugere que providencie a construção de estacionamento diagonal na Rua Torquato José de Almeida em frente a Praça Manoel Leite Lemos.</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/indicacao_n.o_053.2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/indicacao_n.o_053.2025.pdf</t>
   </si>
   <si>
     <t>Sugere que seja efetuado a substituição da iluminação da Praça Francisco Alves Maia (praça da matriz) no Distrito de Babilônia por iluminação de LED.</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_n.o_054_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_n.o_054_2025.pdf</t>
   </si>
   <si>
     <t>Instalação de uma rotatória na Avenida Antenor Pereira de Morais, em frente ao CAT (Centro de Apoio ao Turista).</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/indicacao_n.o_055_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/indicacao_n.o_055_2025.pdf</t>
   </si>
   <si>
     <t>Mudança das vagas de estacionamento na Praça Doutor Lafayete Soares, em frente à Casa de Pedra.</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/indicacao_n.o_056.2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/indicacao_n.o_056.2025.pdf</t>
   </si>
   <si>
     <t>SUGERE INSTALAÇÃO DE PONTO DE ÔNIBUS, COM COBERTURA E ASSENTO, NA BR-464, MAIS PRECISAMENTE NO LOCAL CONHECIDO COMO "PONTO DA MATA".</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
     <t>Leis</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
     <t>Pedro Paulo Pinto</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/lei_municipal_n.o_2.607-2025_-_autoriza_em_carater_excepcional_a_concessao_de_licenca_sem_remuneracao_aos_servidores_lotados_na_balsa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/lei_municipal_n.o_2.607-2025_-_autoriza_em_carater_excepcional_a_concessao_de_licenca_sem_remuneracao_aos_servidores_lotados_na_balsa.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA EM CARÁTER EXCEPCIONAL A CONCESSÃO DE LICENÇA SEM REMUNERAÇÃO AOS SERVIDORES ESTÁVEIS LOTADOS NA BALSA E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/lei_municipal_n.o_2.608-2025_-_dispoe_sobre_a_concessao_de_recomposicao_salarial_aos_empregados_municipais_-_4.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/lei_municipal_n.o_2.608-2025_-_dispoe_sobre_a_concessao_de_recomposicao_salarial_aos_empregados_municipais_-_4.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE RECOMPOSIÇÃO SALARIAL AOS EMPREGADOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/lei_municipal_n.o_2.609-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_convenios.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/lei_municipal_n.o_2.609-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_convenios.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/lei_municipal_n.o_2.610-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_secretaria_de_saude.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/lei_municipal_n.o_2.610-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_secretaria_de_saude.pdf</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/lei_municipal_n.o_2.611-2025_-_institui_o_programa_de_recuperacao_fiscal_-_prorefis_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/lei_municipal_n.o_2.611-2025_-_institui_o_programa_de_recuperacao_fiscal_-_prorefis_2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO DE DELFINÓPOLIS INSCRITOS EM DÍVIDA ATIVA – PROREFIS - E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/lei_municipal_n.o_2.612-2025_-_transferencia_de_area_rural_para_urbana_-_dr_fernando.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/lei_municipal_n.o_2.612-2025_-_transferencia_de_area_rural_para_urbana_-_dr_fernando.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DE ÁREA RURAL PARA O PERÍMETRO URBANO DO MUNICÍPIO DE DELFINÓPOLIS, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/lei_municipal_n.o_2.613-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_educacao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/lei_municipal_n.o_2.613-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_educacao.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/lei_municipal_n.o_2.614-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_l._s._v._p.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/lei_municipal_n.o_2.614-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_l._s._v._p.pdf</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/lei_municipal_n.o_2.615-2025_-_dispoe_sobre_a_disponibilizacao_do_codigo_qr_em_placas_de_obras_publicas_camara.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/lei_municipal_n.o_2.615-2025_-_dispoe_sobre_a_disponibilizacao_do_codigo_qr_em_placas_de_obras_publicas_camara.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIZAÇÃO DO CÓDIGO QR EM TODAS AS PLACAS DE OBRAS PÚBLICAS NO ÂMBITO DO MUNICÍPIO DE DELFINOPOLIS, _x000D_
 PARA LEITURA E FISCALIZAÇÃO ELETRÔNICA POR DISPOSITIVOS MÓVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/lei_municipal_n.o_2.616-2025_-_dispoe_sobre_a_proibicao_de_execucao_de_musicas_com_letras_que_facam_apologia_ao_crime_camara.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/lei_municipal_n.o_2.616-2025_-_dispoe_sobre_a_proibicao_de_execucao_de_musicas_com_letras_que_facam_apologia_ao_crime_camara.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE EXECUÇÃO DE MÚSICAS COM LETRAS QUE FAÇAM APOLOGIA AO CRIME, AO USO DE DROGAS E/OU QUE EXPRESSA EM CONTEÚDOS SEXUAIS, NAS INSTITUIÇÕES ESCOLARES PÚBLICAS NA REDE DE ENSINO DO MUNICÍPIO DE DELFINÓPOLIS/MG.</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/lei_municipal_n.o_2.617-2025_-_autoriza_o_chefe_do_poder_executivo_a_utilizar_recursos_financeiros_proveniente_de_alienacao_de_bens_moveis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/lei_municipal_n.o_2.617-2025_-_autoriza_o_chefe_do_poder_executivo_a_utilizar_recursos_financeiros_proveniente_de_alienacao_de_bens_moveis.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL UTILIZAR RECURSOS, PROVENIENTE DE ALIENAÇÃO DE BENS IMÓVEIS, EM CONTRAPARTIDAS DE CONVÊNIO E/OU NA AQUISIÇÃO DE BENS DE CAPITAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/lei_municipal_n.o_2.618-2025_-_dispoe_sobre_a_ampliacao_da_concessao_de_gratificacao_a_todos_os_empregados_lotados_no_emprego_de_tecnico_de_enfermagem.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/lei_municipal_n.o_2.618-2025_-_dispoe_sobre_a_ampliacao_da_concessao_de_gratificacao_a_todos_os_empregados_lotados_no_emprego_de_tecnico_de_enfermagem.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DA CONCESSÃO DE GRATIFICAÇÃO A TODOS OS EMPREGADOS LOTADOS NO EMPREGO DE TÉCNICO DE ENFERMAGEM, COMO NESTA SE ESPECÍFICA.</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/lei_municipal_n.o_2.619-2025_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_serro_alegre_-_leila_maria_lemos_estorino_e_outros.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/lei_municipal_n.o_2.619-2025_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_serro_alegre_-_leila_maria_lemos_estorino_e_outros.pdf</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/lei_municipal_n.o_2.620-2025_-_autoriza_o_poder_executivo_municipal_a_instituir_gratificacao_aos_integrantes_de_comissao__permanente.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/lei_municipal_n.o_2.620-2025_-_autoriza_o_poder_executivo_municipal_a_instituir_gratificacao_aos_integrantes_de_comissao__permanente.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR GRATIFICAÇÃO AOS INTEGRANTES DE COMISSÃO PERMANENTE DE SINDICÂNCIA, _x000D_
 PROCESSO ADMINISTRATIVO DISCIPLINAR E COMISSÃO DE PROCESSO ADMINISTRATIVO SANCIONATÓRIO NO ÂMBITO DAS LICITAÇÕES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/lei_municipal_n.o_2.621-2025_-_reajusta_os_valores_dos_plantoes_medicos_e_dos_procedimentos_medicos_que_desempenham_atendimento_no_municipio_de_delfinopolis_.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/lei_municipal_n.o_2.621-2025_-_reajusta_os_valores_dos_plantoes_medicos_e_dos_procedimentos_medicos_que_desempenham_atendimento_no_municipio_de_delfinopolis_.pdf</t>
   </si>
   <si>
     <t>“REAJUSTA OS VALORES DOS PLANTÕES MÉDICOS E DOS PROCEDIMENTOS MÉDICOS QUE DESEMPENHAM ATENDIMENTO NO MUNICÍPIO DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/lei_municipal_n.o_2.622-2025_-_altera_o_artigo_5.o_da_lei_municipal_n.o_2.176-2013_-_fmh.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/lei_municipal_n.o_2.622-2025_-_altera_o_artigo_5.o_da_lei_municipal_n.o_2.176-2013_-_fmh.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 5º DA LEI MUNICIPAL N.º 2.176/2013 E DÁOUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/lei_municipal_n.o_2.623-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_executivo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/lei_municipal_n.o_2.623-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_executivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CARTÃO ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/lei_municipal_n.o_2.624-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_legislativo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/lei_municipal_n.o_2.624-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CARTÃO ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/lei_municipal_n.o_2.625-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_morada_do_verde.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/lei_municipal_n.o_2.625-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_morada_do_verde.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE DELFINÓPOLIS A DESAFETAR IMÓVEL CONSTANTE DO PATRIMÔNIO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/lei_municipal_n.o_2.626-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_portal_da_canastra.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/lei_municipal_n.o_2.626-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_portal_da_canastra.pdf</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/lei_municipal_n.o_2.627-2025_-_autoriza_cessao_de_uso_casa_de_pedra_-_acad.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/lei_municipal_n.o_2.627-2025_-_autoriza_cessao_de_uso_casa_de_pedra_-_acad.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE USO DE ESPAÇO FÍSICO DO MUNICÍPIO DE DELFINÓPOLIS PARA A ASSOCIAÇÃO COMERCIAL, AGRO E TURISMO DE DELFINÓPOLIS ACAD, NA FORMA EM QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/lei_municipal_n.o_2.628-2025_-_revoga_a_doacao_realizada_atraves_da_lei_municipal_n.o_791-1985_-_aquarius_clube.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/lei_municipal_n.o_2.628-2025_-_revoga_a_doacao_realizada_atraves_da_lei_municipal_n.o_791-1985_-_aquarius_clube.pdf</t>
   </si>
   <si>
     <t>REVOGA A DOAÇÃO REALIZADA ATRAVÉS DA LEI MUNICIPAL N.º 791 DE 1985 E AUTORIZA A REVERSÃO DE IMÓVEL AO PATRIMÔNIO DO MUNICÍPIO DE DELFINÓPOLIS-MG.</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4628/lei_municipal_n.o_2.629-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_veiculo_para_vigilancia_1.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4628/lei_municipal_n.o_2.629-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_veiculo_para_vigilancia_1.pdf</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4629/lei_municipal_n.o_2.630-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_mini_van_para_saude.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4629/lei_municipal_n.o_2.630-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_mini_van_para_saude.pdf</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4630/lei_municipal_n.o_2.631-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_raio_x.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4630/lei_municipal_n.o_2.631-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_raio_x.pdf</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4631/lei_municipal_n.o_2.632-2025_-_autoriza_o_municipio_de_delfinopolis_a_celebrar_termo_de_convenio_de_cooperacao_com_o_municipio_de_sao_joao_batista_do_gloria_.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4631/lei_municipal_n.o_2.632-2025_-_autoriza_o_municipio_de_delfinopolis_a_celebrar_termo_de_convenio_de_cooperacao_com_o_municipio_de_sao_joao_batista_do_gloria_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE DELFINÓPOLIS A CELEBRAR TERMO DE CONVÊNIO DE COOPERAÇÃO COM O MUNICÍPIO DE SÃO JOÃO BATISTA DO GLÓRIA COM O INTUITO DE UNIR ESFORÇOS PARA A CONSTRUÇÃO DA PONTE DO CANTEIROS, NA DIVISA ENTRE ESTES MUNICÍPIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4632/lei_municipal_n.o_2.633-2025_-_cria_o_fundo_municipal_do_meio_ambiente.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4632/lei_municipal_n.o_2.633-2025_-_cria_o_fundo_municipal_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DO MEIO AMBIENTE - FMMA - DO MUNICÍPIO DE DELFINÓPOLIS, INSTITUI O SEU CONSELHO GESTOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4633/lei_municipal_n.o_2.634-2025_-_altera_o_art._1.o_da_lei_2.16-2025_do_municipio_de_delfinopolis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4633/lei_municipal_n.o_2.634-2025_-_altera_o_art._1.o_da_lei_2.16-2025_do_municipio_de_delfinopolis.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI N.º 2.616/2025 DO MUNIICÍPIO DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4634/lei_municipal_n.o_2.635-2025_-_modifica_a_lei_municipal_n.o_2.493-2022_para_alterar_a_remuneracao_dos_membros_do_conselho_tutelar.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4634/lei_municipal_n.o_2.635-2025_-_modifica_a_lei_municipal_n.o_2.493-2022_para_alterar_a_remuneracao_dos_membros_do_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL N.º 2.493/2022, DE 01 DE ABRIL DE 2022 PARA ALTERAR A REMUNERAÇÃO DOS MEMBROS DO CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4635/lei_municipal_n.o_2.636-2025_-_dispoe_sobre_a_transfencia_de_area_rural_para_urbana_-_estancia_girassol.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4635/lei_municipal_n.o_2.636-2025_-_dispoe_sobre_a_transfencia_de_area_rural_para_urbana_-_estancia_girassol.pdf</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/lei_municipal_n.o_2.637-2025_-_regulamenta_a_lei_federal_n.o_11.788-2008_-_contratacao_de_estagiarios_no_servico_publico_municipal.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/lei_municipal_n.o_2.637-2025_-_regulamenta_a_lei_federal_n.o_11.788-2008_-_contratacao_de_estagiarios_no_servico_publico_municipal.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL N.º 11.788, DE 25 DE SETEMBRO DE 2008, QUE DISPÕE SOBRE CONTRATAÇÃO DE ESTAGIÁRIOS NO ÂMBITO DO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/lei_municipal_n.o_2.638-2025_-_regulamenta_o_uso_do_cordao_de_girassol_como_auxiliar_de_identificacao_de_deficiencias_ocultas_e_doencas_raras_.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/lei_municipal_n.o_2.638-2025_-_regulamenta_o_uso_do_cordao_de_girassol_como_auxiliar_de_identificacao_de_deficiencias_ocultas_e_doencas_raras_.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DO CORDÃO DE GIRASSOL COMO AUXILIAR DE IDENTIFICAÇÃO DE DEFICIÊNCIAS OCULTAS E DOENÇAS RARAS NO MUNICÍPIO DE DELFINÓPOLIS.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/lei_municipal_n.o_2.639-2025_-_da_nova_denominacao_ao_loteamento_residencial_bangalo_-_vale_dos_tucanos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/lei_municipal_n.o_2.639-2025_-_da_nova_denominacao_ao_loteamento_residencial_bangalo_-_vale_dos_tucanos.pdf</t>
   </si>
   <si>
     <t>FICA DENOMINADO O BAIRRO QUE LOCALIZA O LOTEAMENTO RESIDENCIAL BANGALÔ E DÁ NOVA DENOMINAÇÃO AS RUAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/lei_municipal_n.o_2.640-2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/lei_municipal_n.o_2.640-2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO BRASIL S.A., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/lei_municipal_n.o_2.641-2025_-_autoriza_o_poder_executivo_a_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/lei_municipal_n.o_2.641-2025_-_autoriza_o_poder_executivo_a_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO PARA CAMPEONATOS, TORNEIOS E CONCURSOS REALIZADOS PELO MUNICÍPIO DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4669/lei_municipal_n.o_2.642-2025_-_dispoe_sobre_o_plano_plurianual_de_governo_do_municipio_de_delfinopolis_para_o_quadrienio_de_2026_a_2029_1.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4669/lei_municipal_n.o_2.642-2025_-_dispoe_sobre_o_plano_plurianual_de_governo_do_municipio_de_delfinopolis_para_o_quadrienio_de_2026_a_2029_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO DE DELFINÓPOLIS PARA O QUADRIÊNIO DE 2026 A 2029.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/lei_municipal_n.o_2.643-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_do_exercicio_financeiro_de_2026_-_ldo_2026.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/lei_municipal_n.o_2.643-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_do_exercicio_financeiro_de_2026_-_ldo_2026.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/lei_municipal_n.o_2.644-2025_-_autoriza_o_poder_executivo_de_delfinopolis_a_abrir_credito_especial_suplementar_-_igreja_matriz.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/lei_municipal_n.o_2.644-2025_-_autoriza_o_poder_executivo_de_delfinopolis_a_abrir_credito_especial_suplementar_-_igreja_matriz.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO DE DELFINÓPOLIS A ABRIR CRÉDITO ESPECIAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO, NO VALOR DE R$ 40.000,00 (QUARENTA MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/lei_municipal_n.o_2.645-2025_-_altera_o_artigo_7.o_da_lei_municipal_n.o_2.641-2025_-_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/lei_municipal_n.o_2.645-2025_-_altera_o_artigo_7.o_da_lei_municipal_n.o_2.641-2025_-_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 7º DA LEI MUNICIPAL Nº 2.641 DE 16 DE OUTUBRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/lei_municipal_n.o_2.646-2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cislap.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/lei_municipal_n.o_2.646-2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cislap.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O VALOR PER CAPITA DE REPASSE AO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DOS MUNICÍPIOS DO LAGO DE PEIXOTO, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/lei_municipal_n.o_2.647-2025_-_nomeia_a_secretaria_municipal_de_saude_-_pedro_antonio_soares_da_silveira_pepe.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/lei_municipal_n.o_2.647-2025_-_nomeia_a_secretaria_municipal_de_saude_-_pedro_antonio_soares_da_silveira_pepe.pdf</t>
   </si>
   <si>
     <t>DÁ NOME À SEDE DA SECRETARIA MUNICIPAL DE SAÚDE DE DELFINÓPOLIS COMO “SECRETARIA MUNICIPAL DE SAÚDE PEDRO ANTÔNIO SOARES DA SILVEIRA (PEPÊ)” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/lei_municipal_n.o_2.648-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_municipais_.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/lei_municipal_n.o_2.648-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_municipais_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO ALIMENTAÇÃO NATALINO AOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/lei_municipal_n.o_2.649-2025_-_dispoe_sobre_abertura_de_credito_suplementar_no_orcamento_2025_-_majoracao_5_.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/lei_municipal_n.o_2.649-2025_-_dispoe_sobre_abertura_de_credito_suplementar_no_orcamento_2025_-_majoracao_5_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE DELFINÓPOLIS PARA EXERCÍCIO FINANCEIRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/lei_municipal_n.o_2.650-2025_-_abre_credito_especial_ao_orcamento_vigente_de_2025_-_auxilio_financeiro_atletas_.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/lei_municipal_n.o_2.650-2025_-_abre_credito_especial_ao_orcamento_vigente_de_2025_-_auxilio_financeiro_atletas_.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE DE 2025, TENDO POR ORIGEM A ANULAÇÃO PARCIAL DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/lei_municipal_n.o_2.651-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_da_camara_municipal.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/lei_municipal_n.o_2.651-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER AUXÍLIO ALIMENTAÇÃO NATALINO AOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
     <t>Leis Municipais Complementares</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4508/lei_complementar_n.o_047-2025_-_autoriza_o_poder_executivo_municipal_encaminhar_para_protesto_os_creditos_da_fazenda_publica_municipal_.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4508/lei_complementar_n.o_047-2025_-_autoriza_o_poder_executivo_municipal_encaminhar_para_protesto_os_creditos_da_fazenda_publica_municipal_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ENCAMINHAR PARA COBRANÇA E PROTESTO EXTRAJUDICIAL OS CRÉDITOS DA FAZENDA PÚBLICA MUNICIPAL QUE SE ENCONTREM INSCRITOS NA DÍVIDA ATIVA MUNICIPAL, AUTORIZA A DESISTÊNCIA DE AÇÕES JUDICIAIS E DISPÕE SOBRE O _x000D_
 RECONHECIMENTO DE PRESCRIÇÕES ADMINISTRATIVAS E JUDICIAIS E, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/lei_complementar_n.o_048-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/lei_complementar_n.o_048-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 001/2015 (LEI ATRIBUIÇÕES) CRIANDO DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO O _x000D_
 EMPREGO DE TÉCNICO DE ENFERMAGEM - SUBSTITUTO, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/lei_complementar_n.o_049-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/lei_complementar_n.o_049-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE COORDENADOR MUNICIPAL DE CIRURGIAS E EXAMES NA LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4538</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/lei_complementar_n.o_050-2025_-_altera_o_anexo_ii_da_lc_no_001-2015_-_acresce_vaga_junto_ao_emprego_de_dentista_-_sede.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/lei_complementar_n.o_050-2025_-_altera_o_anexo_ii_da_lc_no_001-2015_-_acresce_vaga_junto_ao_emprego_de_dentista_-_sede.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) ACRESCENDO DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO, UMA VAGA JUNTO AO EMPREGO EFETIVO DE DENTISTA – SEDE DO MUNICÍPIO – 08 HORAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/lei_complementar_n.o_051-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_dos_empregos_de_enfermeiro_hospital_nutricionista_e_tec._enfermgem_hosptal.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/lei_complementar_n.o_051-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_dos_empregos_de_enfermeiro_hospital_nutricionista_e_tec._enfermgem_hosptal.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 001/2015 (LEI ATRIBUIÇÕES) ACRESCENDO VAGAS JUNTO A EMPREGOS EXISTENTES, DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/lei_complementar_n.o_052-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_a_sec_municipal_hidroviaria_e_o_cargo_de_sec_municipal_hidroviario.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/lei_complementar_n.o_052-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_a_sec_municipal_hidroviaria_e_o_cargo_de_sec_municipal_hidroviario.pdf</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL HIDROVIÁRIA E O CARGO DE SECRETÁRIO MUNICIPAL HIDROVIÁRIO ALTERANDO A LEI COMPLEMENTAR Nº 001/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/lei_complementar_n.o_053-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_operador_de_maquina_-_distrito_de_babilonia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/lei_complementar_n.o_053-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_operador_de_maquina_-_distrito_de_babilonia.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 001/2015 (LEI ATRIBUIÇÕES) ACRESCENDO VAGAS JUNTO A EMPREGO EXISTENTE, DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/lei_complementar_n.o_054-2025_-_dispoe_sobre_a_criacao_e_extincao_de_cargo_e_altera_o_anexo_ii_e_iii_da_lei_complementar_n.o_1854-2008_camara.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/lei_complementar_n.o_054-2025_-_dispoe_sobre_a_criacao_e_extincao_de_cargo_e_altera_o_anexo_ii_e_iii_da_lei_complementar_n.o_1854-2008_camara.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E EXTINÇÃO DE CARGO E ALTERA O ANEXO II E III DA LEI COMPLEMENTAR Nº 1854/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/lei_complementar_n.o_055-2025_-_altera_a_lei_complementar_n.o_001-2015_-_desmembra_secretaria_e_cria_secretaria_municipal_de_esporte.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/lei_complementar_n.o_055-2025_-_altera_a_lei_complementar_n.o_001-2015_-_desmembra_secretaria_e_cria_secretaria_municipal_de_esporte.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 001/2015 PARA DESMEMBRAR SECRETARIA, CRIAR NOVA SECRETARIA E CARGOS NA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE DELFINÓPOLIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/lei_complementar_n.o_056-2025_-_altera_artigos_do_estatudo_dos_servidores_publicos_-_lei_complementar_n.o_033-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/lei_complementar_n.o_056-2025_-_altera_artigos_do_estatudo_dos_servidores_publicos_-_lei_complementar_n.o_033-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS DO ESTATUTO DOS SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE DELFINÓPOLIS-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/lei_complementar_n.o_057-2025_-_dispoe_sobre_a_criacao_do_incentivo_adicional_do_componente_de_qualidade_a_ser_pago_em_parcela_unica_aos_integrantes_das_esf.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/lei_complementar_n.o_057-2025_-_dispoe_sobre_a_criacao_do_incentivo_adicional_do_componente_de_qualidade_a_ser_pago_em_parcela_unica_aos_integrantes_das_esf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO INCENTIVO ADICIONAL DO COMPONENTE DE QUALIDADE A SER PAGO EM PARCELA ÚNICA AOS INTEGRANTES DAS EQUIPES DE SAÚDE DA FAMÍLIA (eSF), DE SAÚDE BUCAL (eSB) e EQUIPES MULTIPROFISSIONAIS (eMULTI), CONFORME REQUISITOS ESPECÍFICOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/lei_complementar_n.o_058-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_motorista_-_distrito_de_babilonia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/lei_complementar_n.o_058-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_motorista_-_distrito_de_babilonia.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 001/2015 (LEI ATRIBUIÇÕES) ACRESCENDO VAGAS JUNTO AO EMPREGO DE MOTORISTA – DISTRITO DE BABILÔNIA, EXISTENTE NO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/lei_complementar_n.o_059-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_auxiliar_administrativo_-_sede.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/lei_complementar_n.o_059-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_auxiliar_administrativo_-_sede.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) ACRESCENDO VAGAS JUNTO A EMPREGO EXISTENTE, DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/lei_complementar_n.o_060-2025_-_altera_a_lei_complementar_n.o_001-2015_extingui_cargo_e_cria_cargo_comissionado_gerente_municipal_de_convenios.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/lei_complementar_n.o_060-2025_-_altera_a_lei_complementar_n.o_001-2015_extingui_cargo_e_cria_cargo_comissionado_gerente_municipal_de_convenios.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 001/2015 (LEI DEATRIBUIÇÕES) PARA EXTINGUIR O CARGO COMISSIONADO DE ENCARREGADO DE CONVÊNIOS E CRIAR O CARGO COMISSIONADO DE GERENTE MUNICIPAL DE CONVÊNIOS.</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/lei_complementar_n.o_061-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_coordenador_municipal_da_cultura.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/lei_complementar_n.o_061-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_coordenador_municipal_da_cultura.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE COORDENADOR MUNICIPAL DA CULTURA NA LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/lei_complementar_n.o_062-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vaga_do_emprego_de_fisioterapeuta_-_sede.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/lei_complementar_n.o_062-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vaga_do_emprego_de_fisioterapeuta_-_sede.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) ACRESCENDO DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO, UMA VAGA JUNTO AO EMPREGO EFETIVO DE FISIOTERAPEUTA - SEDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/lei_complementar_n.o_063-2025_-_altera_o_valor_do_vencimento_basico_mensal_do_emprego_de_tecnico_de_enfermagem_substituto.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/lei_complementar_n.o_063-2025_-_altera_o_valor_do_vencimento_basico_mensal_do_emprego_de_tecnico_de_enfermagem_substituto.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 4º DA LEI COMPLEMENTAR N.º 048/2025, ALTERANDO O VALOR DO VENCIMENTO BÁSICO MENSAL DO EMPREGO DE TÉCNICO DE ENFERMAGEM – SUBSTITUTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/lei_complementar_n.o_064-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_ajudante_geral_-_sede.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/lei_complementar_n.o_064-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_ajudante_geral_-_sede.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 001/2015 (LEI DE ATRIBUIÇÕES) ACRESCENDO VAGAS JUNTO AO EMPREGO DE AJUDANTE GERAL - SEDE, EXISTENTE NO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO, BEM COMO ALTERA A REDAÇÃO DA LEI COMPLEMENTAR N.º 042/2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/lei_complementar_n.o_065-2025_-_dispoe_sobre_a_implantacao_de_condominio_em_lotes_na_margem_de_represas_no_municipio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/lei_complementar_n.o_065-2025_-_dispoe_sobre_a_implantacao_de_condominio_em_lotes_na_margem_de_represas_no_municipio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DE CONDOMÍNIO FECHADO DE LOTES NA MARGEM DE REPRESAS NO MUNICÍPIO DE DELFINÓPOLIS, ESTABELECENDO DIRETRIZES AMBIENTAIS, URBANÍSTICAS E DE SANEAMENTO.</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 001/2015 PARA ALTERAR A COMPOSIÇÃO DA SECRETARIA MUNICIPAL DE POLÍTICAS DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 001/2015 PARA ALTERAR A COMPOSIÇÃO DA SECRETARIA MUNICIPAL DE POLÍTICAS DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/lei_complementar_n.o_067-2025_-_acresce_atribuicoes_e_aumenta_a_jornada_de_trabalho_e_a_remuneracao_-_procurador_geral_da_camara_municipal.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/lei_complementar_n.o_067-2025_-_acresce_atribuicoes_e_aumenta_a_jornada_de_trabalho_e_a_remuneracao_-_procurador_geral_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>ACRESCE ATRIBUIÇÕES E AUMENTA A JORNADA DE TRABALLHO E A REMUNERAÇÃO - BASE DO EMPREGO DE PROCURADOR GERAL DA LEI COMPLEMENTAR N.º 1854/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/lei_complementar_n.o_068-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_administrador_distrital.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/lei_complementar_n.o_068-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_administrador_distrital.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 001/2015 (LEI DE ATRIBUIÇÕES) CRIANDO DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO O EMPREGO DE ADMINISTRADOR DISTRITAL, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/lei_complementar_n.o_069-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_diretor_de_esporte.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/lei_complementar_n.o_069-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_diretor_de_esporte.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 001/2015 (LEI DE ATRIBUIÇÕES) CRIANDO DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO O EMPREGO DE DIRETOR DE ESPORTE, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/lei_complementar_n.o_070-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_gestor_de_obras.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/lei_complementar_n.o_070-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_gestor_de_obras.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE GESTOR DE OBRAS NA LEI COMPLEMENTAR N.º 001/2015 (LEI DE ATRIBUIÇÕES) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/lei_complementar_n.o_071-2025_-_fixa_o_piso_salarial_do_engenheiro_civil_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/lei_complementar_n.o_071-2025_-_fixa_o_piso_salarial_do_engenheiro_civil_2025.pdf</t>
   </si>
   <si>
     <t>FIXA O PISO SALARIAL DO ENGENHEIRO CIVIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/lei_complementar_n.o_072-2025_-_altera_a_lei_complementar_n.o_001-2015_-_altera_a_nomenclatura_do_cargo_efetivo_de_tecnico_de_manutencao_para_tecnico_de_informatica.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/lei_complementar_n.o_072-2025_-_altera_a_lei_complementar_n.o_001-2015_-_altera_a_nomenclatura_do_cargo_efetivo_de_tecnico_de_manutencao_para_tecnico_de_informatica.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 001/2015 (LEI DE ATRIBUIÇÕES) PARA MOODIFICAR A NOMENCLATURA DO CARGO EFETIVO DE TÉCNICO DE MANUTENÇÃO PARA TÉCNICO DE INFORMÁTICA BEM COMO SUAS ATRIBUIÇÕES.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/lei_complementar_n.o_073-2025_-_fixa_o_piso_salarial_do_medico_veterinario.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/lei_complementar_n.o_073-2025_-_fixa_o_piso_salarial_do_medico_veterinario.pdf</t>
   </si>
   <si>
     <t>FIXA O PISO SALARIAL DO MÉDICO VETERINÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/lei_complementar_n.o_074-2025_-_cria_o_cargo_de_coordenador_municipal_de_centro_de_convivencia_-_na_lei_complementar_no_001-2015_lei_de_atribuicoes.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/lei_complementar_n.o_074-2025_-_cria_o_cargo_de_coordenador_municipal_de_centro_de_convivencia_-_na_lei_complementar_no_001-2015_lei_de_atribuicoes.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE COORDENADOR MUNICIPAL DE CENTRO DE CONVIVÊNCIA - CEGO I NA LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>Portarias do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/portaria_n.o_001_2025_-_permanece_rubens_luiz_marques-_diretor_geral.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/portaria_n.o_001_2025_-_permanece_rubens_luiz_marques-_diretor_geral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a permanência de pessoa no emprego em comissão, como nesta se especifica.</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/portaria_n.o_002_2025_-_permanece_jeziel_francisco_ferreira_-_procurador_geral.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/portaria_n.o_002_2025_-_permanece_jeziel_francisco_ferreira_-_procurador_geral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre permanência de pessoa no emprego em comissão, como nesta se especifica.</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/portaria_n.o_003_2025_-_permanece_leonardo_do_carmo_surmano_-_assessor_de_comunicacao_e_informatica.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/portaria_n.o_003_2025_-_permanece_leonardo_do_carmo_surmano_-_assessor_de_comunicacao_e_informatica.pdf</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4444/portaria_n.o_004.2025_-_exonera_rhomulo_ribeiro_eulalio_de_brito_-_contador_-_comprador.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4444/portaria_n.o_004.2025_-_exonera_rhomulo_ribeiro_eulalio_de_brito_-_contador_-_comprador.pdf</t>
   </si>
   <si>
     <t>Exonera empregado municipal, como nesta se especifica.</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/portaria_n.o_005_2025_-_nomeia_roger_lucas_mendes_chaves_-_contador-comprador.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/portaria_n.o_005_2025_-_nomeia_roger_lucas_mendes_chaves_-_contador-comprador.pdf</t>
   </si>
   <si>
     <t>Nomeia empregado municipal, como nesta se especifica.</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4446/portaria_n.o_006_2025_-_designa_agente_de_contratacao_comissao_de_contratacao_e_quipe_de_apoio_para_a_atuacao_nas_licitacoes.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4446/portaria_n.o_006_2025_-_designa_agente_de_contratacao_comissao_de_contratacao_e_quipe_de_apoio_para_a_atuacao_nas_licitacoes.pdf</t>
   </si>
   <si>
     <t>Designa agente de contratação, comissão de contratação e equipe de apoio para atuação nas licitações no âmbito do poder legislativo de Delfinópolis-MG, conforme Lei Federal n.º 14.433/2021.</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/portaria_n.o_007_2025_-_nomeia_comissao_de_inventario_fisico_e_financeiro.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/portaria_n.o_007_2025_-_nomeia_comissao_de_inventario_fisico_e_financeiro.pdf</t>
   </si>
   <si>
     <t>Nomeia comissão de inventário físico e financeiro dos valores - supervisão do patrimônio público e comissão de inventário físico e financeiro dos valores - tesouraria e atos potenciais ativos e passivos.</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/portaria_n.o_008_2025_-_dispoe_sobre_a_designacao_de_membros_da_comissao_de_controle_interno_da_camara_municipal_de_delfinopolis-mg.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/portaria_n.o_008_2025_-_dispoe_sobre_a_designacao_de_membros_da_comissao_de_controle_interno_da_camara_municipal_de_delfinopolis-mg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre designação de membros da comissão de controle interno da Câmara Municipal de Delfinópolis-MG.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/portaria_n.o_009.2025__-_nomeia_lucienedivina_da_silva_-_gerente_de_compras.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/portaria_n.o_009.2025__-_nomeia_lucienedivina_da_silva_-_gerente_de_compras.pdf</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n.o_001_2025_-_qr_code_nas_obras.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n.o_001_2025_-_qr_code_nas_obras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização do código QR em todas as placas de obras públicas no âmbito do município de Delfinópolis, para leitura e fiscalização eletrônica por dispositivos móveis e dá outras providências.</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n.o_002_2025_-_proibicao_de_musicas_crime_e_drogas_nas_escolas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n.o_002_2025_-_proibicao_de_musicas_crime_e_drogas_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de execução de músicas com letras que façam apologia ao crime, ao uso de drogas e/ou que expressa em conteúdos sexuais, nas instituições escolares públicas na rede de ensino do município de Delfinópolis/MG.</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/projeto_de_lei_n.o_003_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/projeto_de_lei_n.o_003_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza em caráter excepcional a concessão de licença sem remuneração aos servidores estáveis lotados na balsa e dá outras providências.</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/projeto_de_lei_n.o_004_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/projeto_de_lei_n.o_004_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de recomposição salarial aos empregados municipais e dá outras providências.</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/projeto_de_lei_n.o_005_2025_-_gratificacao_aos_integrantes_das_comissao_p._sindicancia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/projeto_de_lei_n.o_005_2025_-_gratificacao_aos_integrantes_das_comissao_p._sindicancia.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a instituir gratificação aos integrantes de comissão permanente de sindicância, processo administrativo disciplinar e comissão de processo administrativo sancionatório no âmbito das licitações, e dá outras providências.</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/projeto_de_lei_n.o_006_2025_-_abertura_credito_adicional_suplementar_de_2.877.000.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/projeto_de_lei_n.o_006_2025_-_abertura_credito_adicional_suplementar_de_2.877.000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional suplementar no orçamento do exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/projeto_de_lei_n.o_007_2025_-_programa_de_recuperacao_fiscal_-_prorefis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/projeto_de_lei_n.o_007_2025_-_programa_de_recuperacao_fiscal_-_prorefis.pdf</t>
   </si>
   <si>
     <t>Institui o programa de recuperação fiscal do município de Delfinópolis inscritos em dívida ativa - PROREFIS - e dá outras providências.</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/projeto_de_lei_n.o_008_2025_-_abertura_de_credito_adicional_suplementar_320_000_secretaria_de_saude.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/projeto_de_lei_n.o_008_2025_-_abertura_de_credito_adicional_suplementar_320_000_secretaria_de_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar no orçamento do exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/projeto_de_lei_n.o_009_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_c_mapa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/projeto_de_lei_n.o_009_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_c_mapa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de área rural para o perímetro urbano do município de Delfinópolis, como nesta se especifica.</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/projeto_de_lei_n.o_010_2025_-_autoriza_utilizar_recursos_da_alienacao_de_bens_imoveis_em_contrapartidas_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/projeto_de_lei_n.o_010_2025_-_autoriza_utilizar_recursos_da_alienacao_de_bens_imoveis_em_contrapartidas_-_urgencia.pdf</t>
   </si>
   <si>
     <t>Autoriza a chefe do poder executivo municipal utilizar recursos, proveniente de alienação de bens imóveis, em contrapartidas de convênios e/ou na aquisição de bens de capital e dá outras providências.</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/projeto_de_lei_n.o_011_2025_-_concessao_de_gratificacao_tecnico_de_enfermagem_-_extrema_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/projeto_de_lei_n.o_011_2025_-_concessao_de_gratificacao_tecnico_de_enfermagem_-_extrema_urgencia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação da concessão de gratificação a todos os empregados lotados no emprego de técnico de enfermagem, como nesta se específica.</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/projeto_de_lei_n.o_012_2025_-_abertura_de_credito_adicional_suplementar_224.000_-_secretaria_de_educacao_extrema_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/projeto_de_lei_n.o_012_2025_-_abertura_de_credito_adicional_suplementar_224.000_-_secretaria_de_educacao_extrema_urgencia.pdf</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/projeto_de_lei_n.o_013_2025_-_abertura_de_credito_adicional_suplementar_150.000_-_lar_sao_vicente_de_paulo_extrema_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/projeto_de_lei_n.o_013_2025_-_abertura_de_credito_adicional_suplementar_150.000_-_lar_sao_vicente_de_paulo_extrema_urgencia.pdf</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/projeto_de_lei_n.o_014_2025_-_reajusta_valores_dos_plantoes_medicos_-_ipca_-_extrema_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/projeto_de_lei_n.o_014_2025_-_reajusta_valores_dos_plantoes_medicos_-_ipca_-_extrema_urgencia.pdf</t>
   </si>
   <si>
     <t>Reajusta os valores dos plantões médicos e dos procedimentos médicos que desempenham atendimento no município de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n.o_015_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_com_mapa_leila__-_urgencia_31_03_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n.o_015_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_com_mapa_leila__-_urgencia_31_03_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de área rural para perímetro urbano do município de Delfinópolis, como nesta se especifica.</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/projeto_de_lei_n.o_016_2025_-_exclui_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_-_laercio_-_sem_-_09_04_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/projeto_de_lei_n.o_016_2025_-_exclui_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_-_laercio_-_sem_-_09_04_2025.pdf</t>
   </si>
   <si>
     <t>Exclui área do perímetro urbano do município de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/projeto_de_lei_n.o_017_2025_-_altera_o_art._5_da_lei_2176.2013_-_fhis_-_urgencia_e_reuniao_-_22_04_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/projeto_de_lei_n.o_017_2025_-_altera_o_art._5_da_lei_2176.2013_-_fhis_-_urgencia_e_reuniao_-_22_04_2025.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 5º da Lei Municipal n.º 2.176/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n.o_018_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_-_sem_-_22_04_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n.o_018_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_-_sem_-_22_04_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária do exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/projeto_de_lei_n.o_019_2025_-_institui_cartao_alimentacao_aos_servidores_municipais_-_urgencia_-_12_05_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/projeto_de_lei_n.o_019_2025_-_institui_cartao_alimentacao_aos_servidores_municipais_-_urgencia_-_12_05_2025.pdf</t>
   </si>
   <si>
     <t>Institui o cartão alimentação aos servidores públicos municipais do poder executivo e dá outras providências.</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/projeto_de_lei_n.o_020_2025_-_revoga_doacao_-_reversao_ao_patrimonio-_aquarius_clube_-_urgencia_-_12_05_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/projeto_de_lei_n.o_020_2025_-_revoga_doacao_-_reversao_ao_patrimonio-_aquarius_clube_-_urgencia_-_12_05_2025.pdf</t>
   </si>
   <si>
     <t>Revogação a doação realizada através da Lei Municipal n.º 791 de 1985 e autoriza a reversão de imóvel ao patrimônio do município de Delfinópolis-MG.</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/projeto_de_lei_n.o_021_2025_-_autoriza_cessao_de_uso_para_associacao_com.-acad_-_sem_-_12_05_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/projeto_de_lei_n.o_021_2025_-_autoriza_cessao_de_uso_para_associacao_com.-acad_-_sem_-_12_05_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de uso de espaço físico do município de Delfinópolis para a associação comercial, agro e turismo de Delfinópolis - ACAD, na forma em que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
     <t>Hernanes Pinheiro, Fransérgio Pimenta e Eduardo Pinto</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/projeto_de_lei_n.o_022_2025_-_institui_cartao_alimentacao_aos_servidores_da_camara_-_12_05_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/projeto_de_lei_n.o_022_2025_-_institui_cartao_alimentacao_aos_servidores_da_camara_-_12_05_2025.pdf</t>
   </si>
   <si>
     <t>Institui o cartão alimentação aos servidores públicos municipais do poder legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/projeto_de_lei_n.o_023_2025_-_autoriza_desafetar_imovel_-_morada_do_verde_-_16_05_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/projeto_de_lei_n.o_023_2025_-_autoriza_desafetar_imovel_-_morada_do_verde_-_16_05_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Delfinópolis a desafetar imóvel constante do patrimônio público  dá outras providências.</t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/projeto_de_lei_n.o_024_2025_-_autoriza_desafetar_imovel_-_portal_da_canastra_-_16_05_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/projeto_de_lei_n.o_024_2025_-_autoriza_desafetar_imovel_-_portal_da_canastra_-_16_05_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Delfinópolis a desafetar imóvel constante do patrimônio público e dá outras providências.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/projeto_de_lei_n.o_025_2025_-_transferencia_de_area_rural_-_vila_ditalia_-_urgente_.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/projeto_de_lei_n.o_025_2025_-_transferencia_de_area_rural_-_vila_ditalia_-_urgente_.pdf</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/projeto_de_lei_n.o_026_2025_-_abertura_de_credito_adicional_suplementar_280_000_-veiculo_saude_-urgencia_ok.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/projeto_de_lei_n.o_026_2025_-_abertura_de_credito_adicional_suplementar_280_000_-veiculo_saude_-urgencia_ok.pdf</t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/projeto_de_lei_n.o_027_2025_-_abertura_de_credito_adicional_suplementar_155_000_-mini_van_saude_-urgencia_ok.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/projeto_de_lei_n.o_027_2025_-_abertura_de_credito_adicional_suplementar_155_000_-mini_van_saude_-urgencia_ok.pdf</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/projeto_de_lei_n.o_028_2025_-_abertura_de_credito_adicional_suplementar_365_000_-raio_x_saude-urgencia_ok.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/projeto_de_lei_n.o_028_2025_-_abertura_de_credito_adicional_suplementar_365_000_-raio_x_saude-urgencia_ok.pdf</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/projeto_de_lei_n.o_029_2025_-_autoriza_celebrar_termo_convenio_coop._sao_j.b._gloria_construcao_da_ponte_dos_canteiros_-urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/projeto_de_lei_n.o_029_2025_-_autoriza_celebrar_termo_convenio_coop._sao_j.b._gloria_construcao_da_ponte_dos_canteiros_-urgencia.pdf</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/projeto_de_lei_n.o_030_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/projeto_de_lei_n.o_030_2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1 da Lei n.º 2.616/2025 do município de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/projeto_de_lei_n.o_031.2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/projeto_de_lei_n.o_031.2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso do cordão de girassol como auxiliar de identificação de deficiências ocultas e doenças raras no município de Delfinópolis.</t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/projeto_de_lei_n.o_032_2025_-_cria_o_fundo_municipal_do_meio_ambiente_e_institui_o_seu_conselho_gestor_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/projeto_de_lei_n.o_032_2025_-_cria_o_fundo_municipal_do_meio_ambiente_e_institui_o_seu_conselho_gestor_-_urgencia.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal do Meio Ambiente - FMMA - do município de Delfinópolis, institui o seu conselho gestor e dá outras providências.</t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/projeto_de_lei_n.o_033_2025_-_modifica_a_lei_2493_-_altera_a_remuneracao_dos_membros_do_conselho_tutelar.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/projeto_de_lei_n.o_033_2025_-_modifica_a_lei_2493_-_altera_a_remuneracao_dos_membros_do_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal n.º 2.493/2022, de 01 de abril de 2022 para alterar a remuneração dos membros do Conselho Tutelar.</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/projeto_de_lei_n.o_034_2025_-_plano_plurianual_para_2026_a_2029.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/projeto_de_lei_n.o_034_2025_-_plano_plurianual_para_2026_a_2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano plurianual de governo do município de Delfinópolis para o quadriênio de 2026 e 2029.</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/projeto_de_lei_n.o_035_2025_-_denominacao_de_bairro_do_residencial_bangalo_e_denominacao_das_ruas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/projeto_de_lei_n.o_035_2025_-_denominacao_de_bairro_do_residencial_bangalo_e_denominacao_das_ruas.pdf</t>
   </si>
   <si>
     <t>Fica denominado o bairro que localiza o loteamento Residencial Bângalo e dá nova denominação as ruas e dá outras providências.</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/projeto_de_lei_n.o_036_2025_-_transferencia_de_area_rural_para_urbana_-_estancia_girassol.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/projeto_de_lei_n.o_036_2025_-_transferencia_de_area_rural_para_urbana_-_estancia_girassol.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de área rural para o perímetro urbano do município de Delfinópolis, como nesta se específica.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n.o_037_2025_-_regulamenta_contratacao_de_estagiarios_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n.o_037_2025_-_regulamenta_contratacao_de_estagiarios_-_urgencia.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei Federal n.º 11.788, de 25 de setembro de 2008, que dispõe sobre contratação de estagiários no âmbito do serviço público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/projeto_de_lei_n.o_038_2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil_s.a._-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/projeto_de_lei_n.o_038_2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil_s.a._-_urgencia.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a contratar operação de crédito com o Banco do Brasil S.A., e dá outras providências.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/projeto_de_lei_n.o_039_2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cons._interm._de_saude_dos_munic._do_lago_de_peixoto.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/projeto_de_lei_n.o_039_2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cons._interm._de_saude_dos_munic._do_lago_de_peixoto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor per capita de repasse ao consórcio intermunicipal de saúde dos municípios do lago de Peixoto, e dá outras providências.</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/projeto_de_lei_n.o_041_2025_-_autoriza_a_conceder_premiacao_para_campeonatos_torneios_e_concursos_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/projeto_de_lei_n.o_041_2025_-_autoriza_a_conceder_premiacao_para_campeonatos_torneios_e_concursos_-_urgencia.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a conceder premiação para campeonatos, torneios e concursos realizados pelo município de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/projeto_de_lei_n.o_042_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_com_quadros.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/projeto_de_lei_n.o_042_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_com_quadros.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO FISCAL DO MUNICÍPIO DE DELFINÓPOLIS PARA O EXERCÍCIO FINANCEIRO DE 2026.</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/projeto_de_lei_n.o_043_2025_-_autoriza_abrir_credito_suplementar_40_000_-_subvencao_pinturas_da_igreja_matriz.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/projeto_de_lei_n.o_043_2025_-_autoriza_abrir_credito_suplementar_40_000_-_subvencao_pinturas_da_igreja_matriz.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO DE DELFINÓPOLIS A ABRIR CRÉDITO ESPECIAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO, NO VALOR DE R$40.000,00 (QUARENTA MIL REAIS) CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/projeto_de_lei_n.o_044.2025_-_hernanes_-_homenagem_ao_professor_-_07.11.25.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/projeto_de_lei_n.o_044.2025_-_hernanes_-_homenagem_ao_professor_-_07.11.25.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PRÊMIO MÉRITO EDUCACIONAL PROFESSOR HOMENAGEADO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/projeto_de_lei_n.o_045_2025_-_altera_o_art._7._da_lei_municipal_n._2641_de_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/projeto_de_lei_n.o_045_2025_-_altera_o_art._7._da_lei_municipal_n._2641_de_2025.pdf</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/projeto_de_lei_n.o_046_2025_-_transferencia_area_rural_par_perimetro_urbano_-_sitio_n._s._aparecida_-_urgencia_-_14_11_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/projeto_de_lei_n.o_046_2025_-_transferencia_area_rural_par_perimetro_urbano_-_sitio_n._s._aparecida_-_urgencia_-_14_11_2025.pdf</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/projeto_de_lei_n.o_047_2025_-_transferencia_area_rural_par_perimetro_urbano_-_estiva_-_urgencia_-_14_11_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/projeto_de_lei_n.o_047_2025_-_transferencia_area_rural_par_perimetro_urbano_-_estiva_-_urgencia_-_14_11_2025.pdf</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/projeto_de_lei_n.o_048_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_ldo-_14_11_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/projeto_de_lei_n.o_048_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_ldo-_14_11_2025.pdf</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/projeto_de_lei_n.o_049_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_-_loa_-_14_11_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/projeto_de_lei_n.o_049_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_-_loa_-_14_11_2025.pdf</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/projeto_de_lei_n.o_050_2025_-_da_nome_a_secretaria_municipal_de_saude_-_pedro_antonio_soartes_da_silveira_-_28_11_2025_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/projeto_de_lei_n.o_050_2025_-_da_nome_a_secretaria_municipal_de_saude_-_pedro_antonio_soartes_da_silveira_-_28_11_2025_urgencia.pdf</t>
   </si>
   <si>
     <t>DÁ NOME À SEDE DA SECRETARIA MUNICIPAL DE SAÚDE DE DELFINÓPOLIS COMO "SECRETARIA MUNICIPAL DE SAÚDE PEDRO ANTÔNIO SOARES DA SILVEIRA (PEPÊ)" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/projeto_de_lei_n.o_051_2025_-_autoriza_conceder_auxilio_alimentacao_natalino_-_650_00-_28_11_2025_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/projeto_de_lei_n.o_051_2025_-_autoriza_conceder_auxilio_alimentacao_natalino_-_650_00-_28_11_2025_urgencia.pdf</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/projeto_de_lei_n.o_052_2025_-_autoriza_majoracao_do_limite_creditos_adicionais_ao_orcamento_-_5_-_28_11_2025_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/projeto_de_lei_n.o_052_2025_-_autoriza_majoracao_do_limite_creditos_adicionais_ao_orcamento_-_5_-_28_11_2025_urgencia.pdf</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/projeto_de_lei_n.o_053_2025_-_abre_credito_especial_-_25_000_-_auxilio_aos_atletas_e_artistas_locais_-_28_11_2025_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/projeto_de_lei_n.o_053_2025_-_abre_credito_especial_-_25_000_-_auxilio_aos_atletas_e_artistas_locais_-_28_11_2025_urgencia.pdf</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/projeto_de_lei_n.o_054_2025_-_concede_auxilio_alimentacao_natalino_servidores_da_camara_assinado_com_impacto_-_28_11_2025_1.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/projeto_de_lei_n.o_054_2025_-_concede_auxilio_alimentacao_natalino_servidores_da_camara_assinado_com_impacto_-_28_11_2025_1.pdf</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/projeto_de_lei_n.o_055_2025_-_criacao_de_novos_codigos_e_secoes_de_logradouros_para_cobranca_de_iptu__-_28_11_2025_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/projeto_de_lei_n.o_055_2025_-_criacao_de_novos_codigos_e_secoes_de_logradouros_para_cobranca_de_iptu__-_28_11_2025_urgencia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE NOVOS CÓDIGOS E SEÇÕES DE LOGRADOUROS PARA COBRANÇA DE IPTU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/projeto_de_lei_n.o_056_2025_-_autoriza_alienar_lotes_urbanos_com_mapa_-_28_11_2025_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/projeto_de_lei_n.o_056_2025_-_autoriza_alienar_lotes_urbanos_com_mapa_-_28_11_2025_urgencia.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR LOTES URBANOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/projeto_de_lei_n.o_057_2025_-_institui_regime_de_pronto_pagamento_ou_adiantamento_-_05_12_2025_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/projeto_de_lei_n.o_057_2025_-_institui_regime_de_pronto_pagamento_ou_adiantamento_-_05_12_2025_urgencia.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE PRONTO PAGAMENTO OU ADIANTAMENTO DE QUE TRATA O § 2º DO ART. 95 DA LEI N.º 14.133, DE 1º DE ABRIL DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/projeto_de_lei_n.o_058_2025_-_altera_a_lei_1342_de_1994_acrescenta_o_art._85-a_no_codigo_tributario_municipal_-_05_12_2025_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/projeto_de_lei_n.o_058_2025_-_altera_a_lei_1342_de_1994_acrescenta_o_art._85-a_no_codigo_tributario_municipal_-_05_12_2025_-_urgencia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA LEI MUNICIPAL N.º 1.242, DE 29 DE DEZEMBRO DE 1994 PARA FINS DE ACRESCENTAR O ARTIGO 85-A NA REDAÇÃO DO CÓDIGO TRIBUTÁRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/projeto_de_lei_n.o_059_2025_-_altera_a_lei_2604_de_2024_acrescenta_o_art._27-a_na_ldo_de_2025_-_05_12_2025_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/projeto_de_lei_n.o_059_2025_-_altera_a_lei_2604_de_2024_acrescenta_o_art._27-a_na_ldo_de_2025_-_05_12_2025_-_urgencia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA LEI MUNICIPAL N.º 2.604, DE 18 DE DEZEMBRO DE 2024 PARA FINS DE ACRESCENTAR O ARTIGO 27-A NA REDAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DO EXERCÍCIO FINANCEIRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/projeto_de_lei_n.o_060_2025_-_institui_programa_de_demissao_voluntaria_da_camara_municipal_de_delfinopolis_-_05_12_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/projeto_de_lei_n.o_060_2025_-_institui_programa_de_demissao_voluntaria_da_camara_municipal_de_delfinopolis_-_05_12_2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE DEMISSÃO VOLUNTÁRIA ESPECIAL PARA SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE DELFINÓPOLIS.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/projeto_de_lei_n.o_061_2025_-_concessao_de_vale_refeicao_aos_motoristas_por_meio_de_adiantamento_-_05_12_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/projeto_de_lei_n.o_061_2025_-_concessao_de_vale_refeicao_aos_motoristas_por_meio_de_adiantamento_-_05_12_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE VALE-REFEIÇÃO AOS MOTORISTAS DO PODER EXECUTIVO DO MUNICÍPIO DE DELFINÓPOLIS, POR MEIO DE ADIANTAMENTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/projeto_de_lei_n.o_062_2025_-_autoriza_convenios_parcerias_subvencoes_contribuicoes_incentivos_auxilios_financeiros_assos_e_consorcios-urgencia-05_12_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/projeto_de_lei_n.o_062_2025_-_autoriza_convenios_parcerias_subvencoes_contribuicoes_incentivos_auxilios_financeiros_assos_e_consorcios-urgencia-05_12_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE DELFINÓPOLIS FIRMAR CONVÊNIOS, TERMOS DE PARCERIAS, CONCEDER SUBVENÇÕES, CONTRIBUIÇÕES, INCENTIVOS, AUXÍLIOS FINANCEIROS E MANTER FILIAÇÕES COM ASSOCIAÇÕES E CONSÓRCIOS PÚBLICOS NO EXERCÍCIO DE 2026.</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/projeto_de_lei_complementar_n.o_001_2025_-_autoriza_encaminhar_para_cobranca_e_protesto_extrajudicial_reencaminhado_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/projeto_de_lei_complementar_n.o_001_2025_-_autoriza_encaminhar_para_cobranca_e_protesto_extrajudicial_reencaminhado_urgencia.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a encaminhar para cobrança e protesto extrajudicial os créditos d fazenda pública municipal que se encontrem inscritos na dívida ativa municipal, autoriza a desistência de ações judiciais e dispõe sobre o reconhecimento de prescrições administrativas e judiciais e, e dá outras providências.</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/projeto_de_lei_complementar_n.o_002_2025_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/projeto_de_lei_complementar_n.o_002_2025_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 001/2015 (Lei Atribuições) criando dentro do quadro de empregos e salários deste município o emprego de Técnico de Enfermagem - Substituto, como nesta se especifica.</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/projeto_de_lei_complementar_n.o_003_2025_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/projeto_de_lei_complementar_n.o_003_2025_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf</t>
   </si>
   <si>
     <t>Cria cargo de Coordenador Municipal de cirurgias e exames na Lei Complementar n.º 001/2015 (Lei de Atribuições) e dá outras providências.</t>
   </si>
   <si>
     <t>4409</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/projeto_de_lei_complementar_n.o_004_2025_-_acresce_1_dentista_-_sede.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/projeto_de_lei_complementar_n.o_004_2025_-_acresce_1_dentista_-_sede.pdf</t>
   </si>
   <si>
     <t>Altera o anexo II da Lei Complementar n.º 001/2015 (Lei de Atribuições) acrescendo dentro do quadro de empregos e salários deste município, uma vaga junto ao emprego efetivo de Dentista - sede do município - 08 horas e dá outras providências.</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/projeto_de_lei_complementar_n.o_005_2025_-_acresce_vagas_-_2_enfermeiros_1_nutrionista_e_2_tecnicos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/projeto_de_lei_complementar_n.o_005_2025_-_acresce_vagas_-_2_enfermeiros_1_nutrionista_e_2_tecnicos.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 001/2015 (Lei Atribuições) acrescendo vagas junto a empregos existentes, dentro do quadro de empregos e salários deste município, como nesta se específica.</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/projeto_de_lei_complementar_n.o_006_2025_-_cria_secretaria_m._hidroviaria_e_cargo_de_secretario_m._hidroviario.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/projeto_de_lei_complementar_n.o_006_2025_-_cria_secretaria_m._hidroviaria_e_cargo_de_secretario_m._hidroviario.pdf</t>
   </si>
   <si>
     <t>Cria a Secretaria Municipal Hidroviária e o cargo de secretário municipal hidroviário alterando a Lei Complementar n.º 001/2015, e dá outras providências.</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/projeto_de_lei_complementar_n.o_007_2025_-_extingue_encarregado_de_convenios_e_cria_cargo_de_gerente_municipal_de_convenios.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/projeto_de_lei_complementar_n.o_007_2025_-_extingue_encarregado_de_convenios_e_cria_cargo_de_gerente_municipal_de_convenios.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 001/2015 (Lei de Atribuições) para extinguir o cargo comissionado de encarregado de convênios e criar o cargo comissionado de gerente municipal de convênios.</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 001/2015 (Lei Atribuições) acrescendo vagas junto a emprego existente, dentro do quadro de empregos e salários deste município, como nesta se especifica.</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/projeto_de_lei_complementar_n.o_009_2025_-_cria_o_cargo_de_coordenador_municipal_da_cultura_-_sem.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/projeto_de_lei_complementar_n.o_009_2025_-_cria_o_cargo_de_coordenador_municipal_da_cultura_-_sem.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de Coordenador Municipal da Cultura na Lei Complementar n.º 001/2015 (Lei de Atribuições) e dá outras providências.</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/projeto_de_lei_complementar_n.o_010_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/projeto_de_lei_complementar_n.o_010_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e extinção de cargo e altera o anexo II e III da Lei Complementar n.º 1854/2008 e dá outras providências.</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/projeto_de_lei_complementar_n.o_011_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/projeto_de_lei_complementar_n.o_011_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 001/2015 para desmembrar secretaria, criar nova secretaria e cargos na estrutura administrativa da Prefeitura Municipal de Delfinópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/projeto_de_lei_complementar_n.o_012_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/projeto_de_lei_complementar_n.o_012_2025.pdf</t>
   </si>
   <si>
     <t>Altera artigos do estatuto dos servidores públicos da administração direta do município de Delfinópolis-MG e dá outras providências.</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/projeto_de_lei_complementar_n.o_013_2025_-_acresce_1_fisioterapeuta_sede_sem.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/projeto_de_lei_complementar_n.o_013_2025_-_acresce_1_fisioterapeuta_sede_sem.pdf</t>
   </si>
   <si>
     <t>Altera o anexo II da Lei Complementar n.º 001/2015 (Lei de Atribuições) acrescendo dentro do quadro de empregos e salários deste município, uma vaga junto ao emprego efetivo de fisioterapia - sede e dá outras providências.</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_complementar_n.o_014_2025_-_incetivo_adicional_para_equipes_de_saude_-_urgencia_e_reuniao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_complementar_n.o_014_2025_-_incetivo_adicional_para_equipes_de_saude_-_urgencia_e_reuniao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do incentivo adicional do componente de qualidade a ser pago em parcela única aos integrantes das equipes de saúde da família (eSF), de saúde bucal (eSB) e equipes multiprofissionais (eMULTI), conforme requisitos específicos, e dá outras providências.</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/projeto_de_lei_complementar_n.o_015_2025_-_acresce_vagas_-_2_motoristas_-_babilonia_-_urgencia_e_reuniao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/projeto_de_lei_complementar_n.o_015_2025_-_acresce_vagas_-_2_motoristas_-_babilonia_-_urgencia_e_reuniao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 001/2015 (Lei de Atribuições) acrescendo vagas junto ao emprego de motorista - Distrito de Babilônia, existente no quadro de empregos e salários deste município, como nesta se específica.</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/projeto_de_lei_complementar_n.o_016_2025_-_acresce_vagas_-_5_auxiliares_administrativos_-_urgencia_e_reuniao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/projeto_de_lei_complementar_n.o_016_2025_-_acresce_vagas_-_5_auxiliares_administrativos_-_urgencia_e_reuniao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 001/2015 (Lei de Atribuições) acrescendo vagas junto a emprego existente, dentro do quadro de empregos e salários deste município e dá outras providências.</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/projeto_de_lei_complementar_no_017_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/projeto_de_lei_complementar_no_017_2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 4º da Lei Complementar n.º 048/2025, alterando o valor do vencimento básico mensal do emprego de técnico de enfermagem - substituto e dá outras providências.</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/projeto_de_lei_complementar_n.o_018_2025_-_reencaminhado_altera_a_lei_compl.001.2015_acrescendo_vagas_ajudante_geral_sede_de_66_para_70_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/projeto_de_lei_complementar_n.o_018_2025_-_reencaminhado_altera_a_lei_compl.001.2015_acrescendo_vagas_ajudante_geral_sede_de_66_para_70_-_urgencia.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 001/2015 (Lei de Atribuições) acrescendo vagas junto ao emprego de AJUDANTE GERAL - SEDE, existente no quadro de empregos e salários deste munícipio, bem como altera a redação da Lei Complementar n.º 042/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/projeto_de_lei_complementar_n.o_019_2025_-_implantacao_de_cond.fechado_de_lotes_nas_represas_estabelecendo_diretrizes_ambientais_urbanisticas_e_saneamento_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/projeto_de_lei_complementar_n.o_019_2025_-_implantacao_de_cond.fechado_de_lotes_nas_represas_estabelecendo_diretrizes_ambientais_urbanisticas_e_saneamento_-_urgencia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de condomínio fechado de lotes na margem de represas no munícipio de Delfinópolis, estabelecendo diretrizes ambientais, urbanísticas e de saneamento.</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/projeto_de_lei_complementar_n.o_020_2025_-_altera_composicao_da_secretaria_m._de_politicas_de_assitencia_social_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/projeto_de_lei_complementar_n.o_020_2025_-_altera_composicao_da_secretaria_m._de_politicas_de_assitencia_social_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 001/2015 para alterar a composição da secretaria municipal de políticas de assistência social do munícipio de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/projeto_de_lei_complementar_n.o_021_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/projeto_de_lei_complementar_n.o_021_2025.pdf</t>
   </si>
   <si>
     <t>Acresce atribuições e aumenta a jornada de trabalho e a remuneração - base do emprego de procurador geral da Lei Complementar n.º 1854/2008 e dá outras providências.</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/projeto_de_lei_complementar_n.o_022_2025_-_cria_2_empregos_comissionados_de_administradores_distritais_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/projeto_de_lei_complementar_n.o_022_2025_-_cria_2_empregos_comissionados_de_administradores_distritais_-_urgencia.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 001/2015 (LEI ATRIBUIÇÕES) CRIANDO DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO O EMPREGO DE ADMINISTRADOR DISTRITAL, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/projeto_de_lei_complementar_n.o_023_2025_-_cria_emprego_comissionado_de_diretor_de_esporte_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/projeto_de_lei_complementar_n.o_023_2025_-_cria_emprego_comissionado_de_diretor_de_esporte_-_urgencia.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 001/2015 (LEI ATRIBUIÇÕES) CRIANDO DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO O EMPREGO DE DIRETOR DE ESPORTE, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/projeto_de_lei_complementar_n.o_024_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/projeto_de_lei_complementar_n.o_024_2025.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de Gestor de Obras na Lei Complementar n.º 001/2015 (Lei de Atribuições) e dá outras providências.</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/projeto_de_lei_complementar_n.o_025_2025_-_fixa_piso_salarial_do_engenheiro_civil__-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/projeto_de_lei_complementar_n.o_025_2025_-_fixa_piso_salarial_do_engenheiro_civil__-_urgencia.pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial do Engenheiro Civil e dá outras providências.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/projeto_de_lei_complementar_n.o_026_2025_-_fixa_piso_salarial_do_medico_veterinario_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/projeto_de_lei_complementar_n.o_026_2025_-_fixa_piso_salarial_do_medico_veterinario_-_urgencia.pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial do médico veterinário e dá outras providências.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/projeto_de_lei_complementar_n.o_027_2025_-_altera_vencimento_unificando_empregos_de_patroleiro_e_operador_de_maauinas_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/projeto_de_lei_complementar_n.o_027_2025_-_altera_vencimento_unificando_empregos_de_patroleiro_e_operador_de_maauinas_-_urgencia.pdf</t>
   </si>
   <si>
     <t>Altera o valor do vencimento básico mensal, unificando os empregos de patroleiro e de operador de máquina e dá outras providências.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/projeto_de_lei_complementar_n.o_028_2025_-_modifica_nomenclatura_tecnico_de_manutencao_para_tecnico_de_informativa_bem_como_suas_atribuicoes.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/projeto_de_lei_complementar_n.o_028_2025_-_modifica_nomenclatura_tecnico_de_manutencao_para_tecnico_de_informativa_bem_como_suas_atribuicoes.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 001/2015 (Lei de atribuições) para modificar a nomenclatura do cargo efetivo de Técnico de Manutenção para Técnico de Informática bem como suas atribuições.</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/projeto_de_lei_complementar_n.o_029_2025_-_altera_atribuicoes_e_vencimento_do_tecnico_em_seguranca_do_trabalho_reencaminhado-05_12_2025_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/projeto_de_lei_complementar_n.o_029_2025_-_altera_atribuicoes_e_vencimento_do_tecnico_em_seguranca_do_trabalho_reencaminhado-05_12_2025_-_urgencia.pdf</t>
   </si>
   <si>
     <t>ALTERA AS ATRIBUIÇÕES E O VALOR DO VENCIMENTO BÁSICO MENSAL DO EMPREGO DE TÉCNICO EM SEGURANÇA DO TRABALHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/projeto_de_lei_complementar_n.o_030_2025_-_cria_emprego_gestor_de_manutencao_hidroviario_corrigido-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/projeto_de_lei_complementar_n.o_030_2025_-_cria_emprego_gestor_de_manutencao_hidroviario_corrigido-_urgencia.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 001/2015, CRIANDO O EMPREGO DE GESTOR DE MANUTENÇÃO HIDROVIÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/projeto_de_lei_complementar_n.o_031_2025_-_cria_cargo_coordenador_mun._de_centro_de_convivencia_-_ceco_i-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/projeto_de_lei_complementar_n.o_031_2025_-_cria_cargo_coordenador_mun._de_centro_de_convivencia_-_ceco_i-_urgencia.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE COORDENADOR MUNICIPAL DE CENTRO DE CONVIVÊNCIA - CECO I NA LEI COMPLEMENTAR N.º 001/2015 (LEI DE ATRIBUIÇÕES) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/projeto_de_lei_complementar_n.o_032_2025_-_altera_atribuicoes_chefe_div._educacao_e_cria_cargo_de_coordenador_do_tranporte_escolar_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/projeto_de_lei_complementar_n.o_032_2025_-_altera_atribuicoes_chefe_div._educacao_e_cria_cargo_de_coordenador_do_tranporte_escolar_urgencia.pdf</t>
   </si>
   <si>
     <t>ALTERA AS ATRIBUIÇÕES DO CARGO DE CHEFE DA DIVISÃO DE EDUCAÇÃO E CRIA O CARGO DE COORDENADOR DO TRANSPORTE ESCOLAR NA LEI COMPLEMENTAR N.º 001/2015 (LEI DE ATRIBUIÇÕES) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/projeto_de_lei_complementar_n.o_033_2025_-_dispoe_sobre_fixacao_do_vencimento_e_do_adicional_de_insalubridade_acs_e_ace_-_urgencia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/projeto_de_lei_complementar_n.o_033_2025_-_dispoe_sobre_fixacao_do_vencimento_e_do_adicional_de_insalubridade_acs_e_ace_-_urgencia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO VENCIMENTO E DO ADICIONAL DE INSALUBRIDADE AOS AGENTES COMUNITÁRIOS DE SAÚDE E OS AGENTES DE COMBATE ÀS ENDEMIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/projeto_de_lei_complementar_n.o_034_2025_-_cria_secretaria_mun._de_governo_e_cargo_de_secretario_municipal_de_governo-_urgencia_ok.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/projeto_de_lei_complementar_n.o_034_2025_-_cria_secretaria_mun._de_governo_e_cargo_de_secretario_municipal_de_governo-_urgencia_ok.pdf</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL DE GOVERNO E O CARGO DE SECRETÁRIO MUNICIPAL DE GOVERNO ALTERANDO A LEI COMPLEMENTAR N.º 001/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
     <t>Req.</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/requerimento_n.o_001_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/requerimento_n.o_001_2025.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDO O REGIME DE EXTREMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/requerimento_n.o_002_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/requerimento_n.o_002_2025.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o Processo Seletivo n.º 001/2025.</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/requerimento_n.o_003_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/requerimento_n.o_003_2025.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDO A DISPENSA DE PARECERES.</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/requerimento_n.o_004_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/requerimento_n.o_004_2025.pdf</t>
   </si>
   <si>
     <t>Requer relatório de pedidos de cirurgia e exames de alto custo da fila de espera.</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
     <t>Jaqueline Esteticista</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/requerimento_n.o_005_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/requerimento_n.o_005_2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja concedido a dispensa de pareceres.</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/requerimento_n.o_006_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/requerimento_n.o_006_2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja concedido o regime de extrema urgência.</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
     <t>Fransérgio Anselmo Pimenta</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/requerimento_n.o_007_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/requerimento_n.o_007_2025.pdf</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/requerimento_n.o_008_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/requerimento_n.o_008_2025.pdf</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/requerimento_n.o_009_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/requerimento_n.o_009_2025.pdf</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/requerimento_n.o_010_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/requerimento_n.o_010_2025.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre Recursos Financeiros para reforma do campo de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/requerimento_n.o_011_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/requerimento_n.o_011_2025.pdf</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/requerimento_n.o_012_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/requerimento_n.o_012_2025.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE ISENÇÃO FISCAL.</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/requerimento_n.o_013_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/requerimento_n.o_013_2025.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INFORMAÇÕES SOBRE A EXECUÇÃO DE RECURSOS DO FUMPAC (JANEIRO A JULHO DE 2025).</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/requerimento_n.o_014_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/requerimento_n.o_014_2025.pdf</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/requerimento_n.o_015_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/requerimento_n.o_015_2025.pdf</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/requerimento_no_016.2025_-_jaqueline_-_pedido_de_extrema_urgencia_ao_projeto_de_lei_n.o_033_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/requerimento_no_016.2025_-_jaqueline_-_pedido_de_extrema_urgencia_ao_projeto_de_lei_n.o_033_2025.pdf</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/requerimento_n.o_017_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/requerimento_n.o_017_2025.pdf</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/requerimento_n.o_018.2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/requerimento_n.o_018.2025.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE GASTOS COM COMBUSTÍVEIS E ESTIMATIVAS.</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
     <t>Res.</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/resolucao_n.o_001_2025_-_dispoe_sobre_a_recomposicao_salarial_dos_servidores_da_camara_municipal_de_delfinopolis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/resolucao_n.o_001_2025_-_dispoe_sobre_a_recomposicao_salarial_dos_servidores_da_camara_municipal_de_delfinopolis.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO SALARIAL DOS SERVIDORES DA CÂMARA MUNICIPAL DE DELFINÓPOLIS.</t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/resolucao_n._002.2025_-_autorizacao_de_viagens_e_concessao_de_diarias_.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/resolucao_n._002.2025_-_autorizacao_de_viagens_e_concessao_de_diarias_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE VIAGENS E CONCESSÃO DE DIÁRIAS PARA VEREADORES E SERVIDORES NO ÂMBITO DA CÂMARA MUNICIPAL DE DELFINÓPOLIS.</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/resolucao_n._003.2025_-altera_res._n._002.2025_.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/resolucao_n._003.2025_-altera_res._n._002.2025_.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n.º 002/2025 da Câmara Municipal de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/projeto_de_resolucao_n.o_001_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/projeto_de_resolucao_n.o_001_2025.pdf</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4568/projeto_de_resolucao_n.o_002_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4568/projeto_de_resolucao_n.o_002_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização de viagens e concessão de diárias para vereadores e servidores no âmbito da Câmara Municipal de Delfinópolis.</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_resolucao_n.o_004_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_resolucao_n.o_004_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n.º 002/2025 da Câmara Municipal de Delfinópolis e da outras providências.</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposta de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/proposta_de_emenda_n.o_001_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/proposta_de_emenda_n.o_001_2025.pdf</t>
   </si>
   <si>
     <t>Fica modificada a redação do parágrafo segundo do artigo 3º do projeto em evidência, o qual passa a vigorar com a seguinte redação:_x000D_
 Art. 3º, inciso II "Ao valor inscrito em dívida ativa com ação de execução fiscal ajuizada serão acrescidas despesas processuais".</t>
   </si>
   <si>
     <t>4509</t>
   </si>
   <si>
     <t>CCJ - Comissão de Legislação, Justiça e Redação Final.</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4509/proposta_de_emenda_n.o_003_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4509/proposta_de_emenda_n.o_003_2025.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa - Fica modificada a numeração do § ú do artigo 6º do projeto em evidência, o qual passa a vigorar com §1º: "§1º. O procedimento administrativo para o protesto é o seguinte:"._x000D_
 Fica modificada a numeração do § 4º do artigo 15º do projeto em evidência, o qual passa a vigorar como §2º: "§ 2º. Nos casos de pagamentos efetuados através de parcelamento, quando inadimplidos, o setor de tributos e cadastro encaminhará a dívida a novo protesto, sem prejuízo do encaminhamento para a Procuradoria Geral do Município promover a devida cobrança judicial".</t>
   </si>
   <si>
     <t>4510</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4510/proposta_de_emenda_n.o_004_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4510/proposta_de_emenda_n.o_004_2025.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUPRESSIVA _x000D_
 Fica SUPRIMIDO o § 3º do artigo 9º do projeto em evidência;</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
     <t>Mauricio Rodrigues e João Pedro</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/proposta_de_emenda_n.o_005_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/proposta_de_emenda_n.o_005_2025.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA _x000D_
 Fica modificada a redação do artigo 1º do projeto em evidência...</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/proposta_de_emenda_n.o_006_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/proposta_de_emenda_n.o_006_2025.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA _x000D_
 Ficam modificadas as redações dos incisos I, II e III, do artigo 17 do Projeto de Lei Complementar n.º 001/2025;</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/proposta_de_emenda_n.o_007_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/proposta_de_emenda_n.o_007_2025.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA _x000D_
 Fica modificada a redação do §4. artigo 1º do projeto em evidência;</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/proposta_de_emenda_n.o_008_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/proposta_de_emenda_n.o_008_2025.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA ADITIVA _x000D_
 Acresce o §5. ao artigo 1º do projeto em evidência;</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/proposta_de_emenda_n.o_009_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/proposta_de_emenda_n.o_009_2025.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA _x000D_
 Fica modificada a redação do artigo 2º do projeto em evidência;</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/proposta_de_emenda_n.o_010_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/proposta_de_emenda_n.o_010_2025.pdf</t>
   </si>
   <si>
     <t>Fica modificada a redação do artigo 1º do Projeto de Lei Complementar n.º 009/2025.</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
     <t>Todos os Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/proposta_de_emenda_n.o_011_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/proposta_de_emenda_n.o_011_2025.pdf</t>
   </si>
   <si>
     <t>Fica modificada a numeração do § ú do artigo 202º do projeto em evidência, o qual passa a vigorar como §1º;</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/proposta_de_emenda_n.o_012_2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/proposta_de_emenda_n.o_012_2025.pdf</t>
   </si>
   <si>
     <t>Acresce o §2º ao artigo 202º do projeto em evidência;</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/proposta_de_emenda_013.2025_-_vereador_hernanes_-_aditiva_ao_projeto_lei__n.o_033-2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/proposta_de_emenda_013.2025_-_vereador_hernanes_-_aditiva_ao_projeto_lei__n.o_033-2025.pdf</t>
   </si>
   <si>
     <t>Acresce artigo 2º do projeto em evidência (Projeto de Lei n.º 033/2025.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/proposta_de_emenda_modificativa_n.o_015.2025.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/proposta_de_emenda_modificativa_n.o_015.2025.pdf</t>
   </si>
   <si>
     <t>FICA MODIFICADA A REDAÇÃO DO ARTIGO 3º DO PROJETO DE LEI N.º 056/2025.</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/emenda_impositiva_a_loa._pdf.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/emenda_impositiva_a_loa._pdf.pdf</t>
   </si>
   <si>
     <t>Emenda Individual ao Projeto de Lei Orçamentária Anual - Emenda Individual Impositiva n.º 001/2025</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
     <t>ADP</t>
   </si>
   <si>
     <t>Ata de Posse</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/ata_de_posse_veradores_-_2025-2028.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/ata_de_posse_veradores_-_2025-2028.pdf</t>
   </si>
   <si>
     <t>ATA DE POSSE DOS VEREADORES - 2025/2028</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/ata_de_posse_prefeito_-_2025-2028_-_registrada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/ata_de_posse_prefeito_-_2025-2028_-_registrada.pdf</t>
   </si>
   <si>
     <t>ATA DE POSSE DO PREFEITO E VICE-PREFEITO 2025/2028</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/ata_de_posse_mesa_diretora_-_2025-2026.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/ata_de_posse_mesa_diretora_-_2025-2026.pdf</t>
   </si>
   <si>
     <t>ATA DE POSSE MESA DIRETORA DA CÂMARA MUNICIPAL DE DELFINÓPOLIS - 2025/2026</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/ata_de_posse_do_vereador_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/ata_de_posse_do_vereador_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO SOLENE DE POSSE DO VEREADOR "VINICIUS RODRIGUES" PARA A LEGISLATURA DE 2025/2028.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3196,67 +3196,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/01_-_balancete_de_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/02_-_balancete_de_fevereiro_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/03_-_balancete_de_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/04_-_balancete_de_abril_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/05_-_balancete_de_maio_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/06_-_balancete_de_junho_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/07_-_balancete_de_julho_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/08_-_balancete_de_agosto2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/09_-_balancete_de_setembro_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/10_-_balancete_de_outubro_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/11_-_balancete_de_novembro_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/12_-_balancete_de_dezembro_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/decreto_legislativo_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/indicacao_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/indicacao_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/indicacao_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/indicacao_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/indicacao_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/indicacao_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/indicacao_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/indicacao_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/indicacao_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/indicacao_n.o_013_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/indicacao_n.o_014_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/indicacao_n.o_015_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/indicacao_n.o_016_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/indicacao_n.o_017_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_n.o_018_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/indicacao_n.o_019_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/indicacao_n.o_020_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/indicacao_n.o_021_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/indicacao_n.o_022_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/indicacao_n.o_023_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/indicacao_n.o_024_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/indicacao_n.o_025_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/indicacao_n.o_026_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/indicacao_n.o_027_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/indicacao_n.o_028_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/indicacao_n.o_029_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/indicacao_n.o_030_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/indicacao_n.o_031_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_n.o_032_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_n.o_033_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_n.o_034_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_n.o_035_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_n.o_036_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/indicacao_n.o_037_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_n.o_038_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_n.o_039_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_n.o_040_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/indicacao_n.o_041_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/indicacao_n.o_042_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/indicacao_n.o_043_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_no_044_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_no_045_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_n.o_046_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_n.o_047_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/indicacao_n.o_048_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/indicacao_n.o_049_2025.lnk" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/indicacao_n.o_050_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/indicacao_n.o_052.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/indicacao_n.o_053.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_n.o_054_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/indicacao_n.o_055_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/indicacao_n.o_056.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/lei_municipal_n.o_2.607-2025_-_autoriza_em_carater_excepcional_a_concessao_de_licenca_sem_remuneracao_aos_servidores_lotados_na_balsa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/lei_municipal_n.o_2.608-2025_-_dispoe_sobre_a_concessao_de_recomposicao_salarial_aos_empregados_municipais_-_4.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/lei_municipal_n.o_2.609-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_convenios.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/lei_municipal_n.o_2.610-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/lei_municipal_n.o_2.611-2025_-_institui_o_programa_de_recuperacao_fiscal_-_prorefis_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/lei_municipal_n.o_2.612-2025_-_transferencia_de_area_rural_para_urbana_-_dr_fernando.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/lei_municipal_n.o_2.613-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/lei_municipal_n.o_2.614-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_l._s._v._p.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/lei_municipal_n.o_2.615-2025_-_dispoe_sobre_a_disponibilizacao_do_codigo_qr_em_placas_de_obras_publicas_camara.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/lei_municipal_n.o_2.616-2025_-_dispoe_sobre_a_proibicao_de_execucao_de_musicas_com_letras_que_facam_apologia_ao_crime_camara.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/lei_municipal_n.o_2.617-2025_-_autoriza_o_chefe_do_poder_executivo_a_utilizar_recursos_financeiros_proveniente_de_alienacao_de_bens_moveis.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/lei_municipal_n.o_2.618-2025_-_dispoe_sobre_a_ampliacao_da_concessao_de_gratificacao_a_todos_os_empregados_lotados_no_emprego_de_tecnico_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/lei_municipal_n.o_2.619-2025_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_serro_alegre_-_leila_maria_lemos_estorino_e_outros.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/lei_municipal_n.o_2.620-2025_-_autoriza_o_poder_executivo_municipal_a_instituir_gratificacao_aos_integrantes_de_comissao__permanente.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/lei_municipal_n.o_2.621-2025_-_reajusta_os_valores_dos_plantoes_medicos_e_dos_procedimentos_medicos_que_desempenham_atendimento_no_municipio_de_delfinopolis_.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/lei_municipal_n.o_2.622-2025_-_altera_o_artigo_5.o_da_lei_municipal_n.o_2.176-2013_-_fmh.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/lei_municipal_n.o_2.623-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/lei_municipal_n.o_2.624-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/lei_municipal_n.o_2.625-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_morada_do_verde.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/lei_municipal_n.o_2.626-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_portal_da_canastra.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/lei_municipal_n.o_2.627-2025_-_autoriza_cessao_de_uso_casa_de_pedra_-_acad.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/lei_municipal_n.o_2.628-2025_-_revoga_a_doacao_realizada_atraves_da_lei_municipal_n.o_791-1985_-_aquarius_clube.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4628/lei_municipal_n.o_2.629-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_veiculo_para_vigilancia_1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4629/lei_municipal_n.o_2.630-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_mini_van_para_saude.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4630/lei_municipal_n.o_2.631-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_raio_x.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4631/lei_municipal_n.o_2.632-2025_-_autoriza_o_municipio_de_delfinopolis_a_celebrar_termo_de_convenio_de_cooperacao_com_o_municipio_de_sao_joao_batista_do_gloria_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4632/lei_municipal_n.o_2.633-2025_-_cria_o_fundo_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4633/lei_municipal_n.o_2.634-2025_-_altera_o_art._1.o_da_lei_2.16-2025_do_municipio_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4634/lei_municipal_n.o_2.635-2025_-_modifica_a_lei_municipal_n.o_2.493-2022_para_alterar_a_remuneracao_dos_membros_do_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4635/lei_municipal_n.o_2.636-2025_-_dispoe_sobre_a_transfencia_de_area_rural_para_urbana_-_estancia_girassol.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/lei_municipal_n.o_2.637-2025_-_regulamenta_a_lei_federal_n.o_11.788-2008_-_contratacao_de_estagiarios_no_servico_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/lei_municipal_n.o_2.638-2025_-_regulamenta_o_uso_do_cordao_de_girassol_como_auxiliar_de_identificacao_de_deficiencias_ocultas_e_doencas_raras_.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/lei_municipal_n.o_2.639-2025_-_da_nova_denominacao_ao_loteamento_residencial_bangalo_-_vale_dos_tucanos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/lei_municipal_n.o_2.640-2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/lei_municipal_n.o_2.641-2025_-_autoriza_o_poder_executivo_a_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4669/lei_municipal_n.o_2.642-2025_-_dispoe_sobre_o_plano_plurianual_de_governo_do_municipio_de_delfinopolis_para_o_quadrienio_de_2026_a_2029_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/lei_municipal_n.o_2.643-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_do_exercicio_financeiro_de_2026_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/lei_municipal_n.o_2.644-2025_-_autoriza_o_poder_executivo_de_delfinopolis_a_abrir_credito_especial_suplementar_-_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/lei_municipal_n.o_2.645-2025_-_altera_o_artigo_7.o_da_lei_municipal_n.o_2.641-2025_-_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/lei_municipal_n.o_2.646-2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cislap.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/lei_municipal_n.o_2.647-2025_-_nomeia_a_secretaria_municipal_de_saude_-_pedro_antonio_soares_da_silveira_pepe.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/lei_municipal_n.o_2.648-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_municipais_.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/lei_municipal_n.o_2.649-2025_-_dispoe_sobre_abertura_de_credito_suplementar_no_orcamento_2025_-_majoracao_5_.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/lei_municipal_n.o_2.650-2025_-_abre_credito_especial_ao_orcamento_vigente_de_2025_-_auxilio_financeiro_atletas_.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/lei_municipal_n.o_2.651-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4508/lei_complementar_n.o_047-2025_-_autoriza_o_poder_executivo_municipal_encaminhar_para_protesto_os_creditos_da_fazenda_publica_municipal_.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/lei_complementar_n.o_048-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/lei_complementar_n.o_049-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/lei_complementar_n.o_050-2025_-_altera_o_anexo_ii_da_lc_no_001-2015_-_acresce_vaga_junto_ao_emprego_de_dentista_-_sede.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/lei_complementar_n.o_051-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_dos_empregos_de_enfermeiro_hospital_nutricionista_e_tec._enfermgem_hosptal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/lei_complementar_n.o_052-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_a_sec_municipal_hidroviaria_e_o_cargo_de_sec_municipal_hidroviario.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/lei_complementar_n.o_053-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_operador_de_maquina_-_distrito_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/lei_complementar_n.o_054-2025_-_dispoe_sobre_a_criacao_e_extincao_de_cargo_e_altera_o_anexo_ii_e_iii_da_lei_complementar_n.o_1854-2008_camara.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/lei_complementar_n.o_055-2025_-_altera_a_lei_complementar_n.o_001-2015_-_desmembra_secretaria_e_cria_secretaria_municipal_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/lei_complementar_n.o_056-2025_-_altera_artigos_do_estatudo_dos_servidores_publicos_-_lei_complementar_n.o_033-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/lei_complementar_n.o_057-2025_-_dispoe_sobre_a_criacao_do_incentivo_adicional_do_componente_de_qualidade_a_ser_pago_em_parcela_unica_aos_integrantes_das_esf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/lei_complementar_n.o_058-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_motorista_-_distrito_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/lei_complementar_n.o_059-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_auxiliar_administrativo_-_sede.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/lei_complementar_n.o_060-2025_-_altera_a_lei_complementar_n.o_001-2015_extingui_cargo_e_cria_cargo_comissionado_gerente_municipal_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/lei_complementar_n.o_061-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_coordenador_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/lei_complementar_n.o_062-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vaga_do_emprego_de_fisioterapeuta_-_sede.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/lei_complementar_n.o_063-2025_-_altera_o_valor_do_vencimento_basico_mensal_do_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/lei_complementar_n.o_064-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_ajudante_geral_-_sede.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/lei_complementar_n.o_065-2025_-_dispoe_sobre_a_implantacao_de_condominio_em_lotes_na_margem_de_represas_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/lei_complementar_n.o_067-2025_-_acresce_atribuicoes_e_aumenta_a_jornada_de_trabalho_e_a_remuneracao_-_procurador_geral_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/lei_complementar_n.o_068-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_administrador_distrital.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/lei_complementar_n.o_069-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_diretor_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/lei_complementar_n.o_070-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_gestor_de_obras.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/lei_complementar_n.o_071-2025_-_fixa_o_piso_salarial_do_engenheiro_civil_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/lei_complementar_n.o_072-2025_-_altera_a_lei_complementar_n.o_001-2015_-_altera_a_nomenclatura_do_cargo_efetivo_de_tecnico_de_manutencao_para_tecnico_de_informatica.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/lei_complementar_n.o_073-2025_-_fixa_o_piso_salarial_do_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/lei_complementar_n.o_074-2025_-_cria_o_cargo_de_coordenador_municipal_de_centro_de_convivencia_-_na_lei_complementar_no_001-2015_lei_de_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/portaria_n.o_001_2025_-_permanece_rubens_luiz_marques-_diretor_geral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/portaria_n.o_002_2025_-_permanece_jeziel_francisco_ferreira_-_procurador_geral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/portaria_n.o_003_2025_-_permanece_leonardo_do_carmo_surmano_-_assessor_de_comunicacao_e_informatica.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4444/portaria_n.o_004.2025_-_exonera_rhomulo_ribeiro_eulalio_de_brito_-_contador_-_comprador.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/portaria_n.o_005_2025_-_nomeia_roger_lucas_mendes_chaves_-_contador-comprador.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4446/portaria_n.o_006_2025_-_designa_agente_de_contratacao_comissao_de_contratacao_e_quipe_de_apoio_para_a_atuacao_nas_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/portaria_n.o_007_2025_-_nomeia_comissao_de_inventario_fisico_e_financeiro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/portaria_n.o_008_2025_-_dispoe_sobre_a_designacao_de_membros_da_comissao_de_controle_interno_da_camara_municipal_de_delfinopolis-mg.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/portaria_n.o_009.2025__-_nomeia_lucienedivina_da_silva_-_gerente_de_compras.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n.o_001_2025_-_qr_code_nas_obras.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n.o_002_2025_-_proibicao_de_musicas_crime_e_drogas_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/projeto_de_lei_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/projeto_de_lei_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/projeto_de_lei_n.o_005_2025_-_gratificacao_aos_integrantes_das_comissao_p._sindicancia.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/projeto_de_lei_n.o_006_2025_-_abertura_credito_adicional_suplementar_de_2.877.000.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/projeto_de_lei_n.o_007_2025_-_programa_de_recuperacao_fiscal_-_prorefis.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/projeto_de_lei_n.o_008_2025_-_abertura_de_credito_adicional_suplementar_320_000_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/projeto_de_lei_n.o_009_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_c_mapa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/projeto_de_lei_n.o_010_2025_-_autoriza_utilizar_recursos_da_alienacao_de_bens_imoveis_em_contrapartidas_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/projeto_de_lei_n.o_011_2025_-_concessao_de_gratificacao_tecnico_de_enfermagem_-_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/projeto_de_lei_n.o_012_2025_-_abertura_de_credito_adicional_suplementar_224.000_-_secretaria_de_educacao_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/projeto_de_lei_n.o_013_2025_-_abertura_de_credito_adicional_suplementar_150.000_-_lar_sao_vicente_de_paulo_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/projeto_de_lei_n.o_014_2025_-_reajusta_valores_dos_plantoes_medicos_-_ipca_-_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n.o_015_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_com_mapa_leila__-_urgencia_31_03_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/projeto_de_lei_n.o_016_2025_-_exclui_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_-_laercio_-_sem_-_09_04_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/projeto_de_lei_n.o_017_2025_-_altera_o_art._5_da_lei_2176.2013_-_fhis_-_urgencia_e_reuniao_-_22_04_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n.o_018_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_-_sem_-_22_04_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/projeto_de_lei_n.o_019_2025_-_institui_cartao_alimentacao_aos_servidores_municipais_-_urgencia_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/projeto_de_lei_n.o_020_2025_-_revoga_doacao_-_reversao_ao_patrimonio-_aquarius_clube_-_urgencia_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/projeto_de_lei_n.o_021_2025_-_autoriza_cessao_de_uso_para_associacao_com.-acad_-_sem_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/projeto_de_lei_n.o_022_2025_-_institui_cartao_alimentacao_aos_servidores_da_camara_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/projeto_de_lei_n.o_023_2025_-_autoriza_desafetar_imovel_-_morada_do_verde_-_16_05_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/projeto_de_lei_n.o_024_2025_-_autoriza_desafetar_imovel_-_portal_da_canastra_-_16_05_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/projeto_de_lei_n.o_025_2025_-_transferencia_de_area_rural_-_vila_ditalia_-_urgente_.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/projeto_de_lei_n.o_026_2025_-_abertura_de_credito_adicional_suplementar_280_000_-veiculo_saude_-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/projeto_de_lei_n.o_027_2025_-_abertura_de_credito_adicional_suplementar_155_000_-mini_van_saude_-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/projeto_de_lei_n.o_028_2025_-_abertura_de_credito_adicional_suplementar_365_000_-raio_x_saude-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/projeto_de_lei_n.o_029_2025_-_autoriza_celebrar_termo_convenio_coop._sao_j.b._gloria_construcao_da_ponte_dos_canteiros_-urgencia.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/projeto_de_lei_n.o_030_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/projeto_de_lei_n.o_031.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/projeto_de_lei_n.o_032_2025_-_cria_o_fundo_municipal_do_meio_ambiente_e_institui_o_seu_conselho_gestor_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/projeto_de_lei_n.o_033_2025_-_modifica_a_lei_2493_-_altera_a_remuneracao_dos_membros_do_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/projeto_de_lei_n.o_034_2025_-_plano_plurianual_para_2026_a_2029.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/projeto_de_lei_n.o_035_2025_-_denominacao_de_bairro_do_residencial_bangalo_e_denominacao_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/projeto_de_lei_n.o_036_2025_-_transferencia_de_area_rural_para_urbana_-_estancia_girassol.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n.o_037_2025_-_regulamenta_contratacao_de_estagiarios_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/projeto_de_lei_n.o_038_2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil_s.a._-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/projeto_de_lei_n.o_039_2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cons._interm._de_saude_dos_munic._do_lago_de_peixoto.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/projeto_de_lei_n.o_041_2025_-_autoriza_a_conceder_premiacao_para_campeonatos_torneios_e_concursos_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/projeto_de_lei_n.o_042_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_com_quadros.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/projeto_de_lei_n.o_043_2025_-_autoriza_abrir_credito_suplementar_40_000_-_subvencao_pinturas_da_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/projeto_de_lei_n.o_044.2025_-_hernanes_-_homenagem_ao_professor_-_07.11.25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/projeto_de_lei_n.o_045_2025_-_altera_o_art._7._da_lei_municipal_n._2641_de_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/projeto_de_lei_n.o_046_2025_-_transferencia_area_rural_par_perimetro_urbano_-_sitio_n._s._aparecida_-_urgencia_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/projeto_de_lei_n.o_047_2025_-_transferencia_area_rural_par_perimetro_urbano_-_estiva_-_urgencia_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/projeto_de_lei_n.o_048_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_ldo-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/projeto_de_lei_n.o_049_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_-_loa_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/projeto_de_lei_n.o_050_2025_-_da_nome_a_secretaria_municipal_de_saude_-_pedro_antonio_soartes_da_silveira_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/projeto_de_lei_n.o_051_2025_-_autoriza_conceder_auxilio_alimentacao_natalino_-_650_00-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/projeto_de_lei_n.o_052_2025_-_autoriza_majoracao_do_limite_creditos_adicionais_ao_orcamento_-_5_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/projeto_de_lei_n.o_053_2025_-_abre_credito_especial_-_25_000_-_auxilio_aos_atletas_e_artistas_locais_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/projeto_de_lei_n.o_054_2025_-_concede_auxilio_alimentacao_natalino_servidores_da_camara_assinado_com_impacto_-_28_11_2025_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/projeto_de_lei_n.o_055_2025_-_criacao_de_novos_codigos_e_secoes_de_logradouros_para_cobranca_de_iptu__-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/projeto_de_lei_n.o_056_2025_-_autoriza_alienar_lotes_urbanos_com_mapa_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/projeto_de_lei_n.o_057_2025_-_institui_regime_de_pronto_pagamento_ou_adiantamento_-_05_12_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/projeto_de_lei_n.o_058_2025_-_altera_a_lei_1342_de_1994_acrescenta_o_art._85-a_no_codigo_tributario_municipal_-_05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/projeto_de_lei_n.o_059_2025_-_altera_a_lei_2604_de_2024_acrescenta_o_art._27-a_na_ldo_de_2025_-_05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/projeto_de_lei_n.o_060_2025_-_institui_programa_de_demissao_voluntaria_da_camara_municipal_de_delfinopolis_-_05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/projeto_de_lei_n.o_061_2025_-_concessao_de_vale_refeicao_aos_motoristas_por_meio_de_adiantamento_-_05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/projeto_de_lei_n.o_062_2025_-_autoriza_convenios_parcerias_subvencoes_contribuicoes_incentivos_auxilios_financeiros_assos_e_consorcios-urgencia-05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/projeto_de_lei_complementar_n.o_001_2025_-_autoriza_encaminhar_para_cobranca_e_protesto_extrajudicial_reencaminhado_urgencia.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/projeto_de_lei_complementar_n.o_002_2025_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/projeto_de_lei_complementar_n.o_003_2025_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/projeto_de_lei_complementar_n.o_004_2025_-_acresce_1_dentista_-_sede.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/projeto_de_lei_complementar_n.o_005_2025_-_acresce_vagas_-_2_enfermeiros_1_nutrionista_e_2_tecnicos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/projeto_de_lei_complementar_n.o_006_2025_-_cria_secretaria_m._hidroviaria_e_cargo_de_secretario_m._hidroviario.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/projeto_de_lei_complementar_n.o_007_2025_-_extingue_encarregado_de_convenios_e_cria_cargo_de_gerente_municipal_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/projeto_de_lei_complementar_n.o_009_2025_-_cria_o_cargo_de_coordenador_municipal_da_cultura_-_sem.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/projeto_de_lei_complementar_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/projeto_de_lei_complementar_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/projeto_de_lei_complementar_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/projeto_de_lei_complementar_n.o_013_2025_-_acresce_1_fisioterapeuta_sede_sem.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_complementar_n.o_014_2025_-_incetivo_adicional_para_equipes_de_saude_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/projeto_de_lei_complementar_n.o_015_2025_-_acresce_vagas_-_2_motoristas_-_babilonia_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/projeto_de_lei_complementar_n.o_016_2025_-_acresce_vagas_-_5_auxiliares_administrativos_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/projeto_de_lei_complementar_no_017_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/projeto_de_lei_complementar_n.o_018_2025_-_reencaminhado_altera_a_lei_compl.001.2015_acrescendo_vagas_ajudante_geral_sede_de_66_para_70_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/projeto_de_lei_complementar_n.o_019_2025_-_implantacao_de_cond.fechado_de_lotes_nas_represas_estabelecendo_diretrizes_ambientais_urbanisticas_e_saneamento_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/projeto_de_lei_complementar_n.o_020_2025_-_altera_composicao_da_secretaria_m._de_politicas_de_assitencia_social_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/projeto_de_lei_complementar_n.o_021_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/projeto_de_lei_complementar_n.o_022_2025_-_cria_2_empregos_comissionados_de_administradores_distritais_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/projeto_de_lei_complementar_n.o_023_2025_-_cria_emprego_comissionado_de_diretor_de_esporte_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/projeto_de_lei_complementar_n.o_024_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/projeto_de_lei_complementar_n.o_025_2025_-_fixa_piso_salarial_do_engenheiro_civil__-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/projeto_de_lei_complementar_n.o_026_2025_-_fixa_piso_salarial_do_medico_veterinario_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/projeto_de_lei_complementar_n.o_027_2025_-_altera_vencimento_unificando_empregos_de_patroleiro_e_operador_de_maauinas_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/projeto_de_lei_complementar_n.o_028_2025_-_modifica_nomenclatura_tecnico_de_manutencao_para_tecnico_de_informativa_bem_como_suas_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/projeto_de_lei_complementar_n.o_029_2025_-_altera_atribuicoes_e_vencimento_do_tecnico_em_seguranca_do_trabalho_reencaminhado-05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/projeto_de_lei_complementar_n.o_030_2025_-_cria_emprego_gestor_de_manutencao_hidroviario_corrigido-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/projeto_de_lei_complementar_n.o_031_2025_-_cria_cargo_coordenador_mun._de_centro_de_convivencia_-_ceco_i-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/projeto_de_lei_complementar_n.o_032_2025_-_altera_atribuicoes_chefe_div._educacao_e_cria_cargo_de_coordenador_do_tranporte_escolar_urgencia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/projeto_de_lei_complementar_n.o_033_2025_-_dispoe_sobre_fixacao_do_vencimento_e_do_adicional_de_insalubridade_acs_e_ace_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/projeto_de_lei_complementar_n.o_034_2025_-_cria_secretaria_mun._de_governo_e_cargo_de_secretario_municipal_de_governo-_urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/requerimento_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/requerimento_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/requerimento_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/requerimento_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/requerimento_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/requerimento_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/requerimento_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/requerimento_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/requerimento_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/requerimento_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/requerimento_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/requerimento_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/requerimento_n.o_013_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/requerimento_n.o_014_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/requerimento_n.o_015_2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/requerimento_no_016.2025_-_jaqueline_-_pedido_de_extrema_urgencia_ao_projeto_de_lei_n.o_033_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/requerimento_n.o_017_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/requerimento_n.o_018.2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/resolucao_n.o_001_2025_-_dispoe_sobre_a_recomposicao_salarial_dos_servidores_da_camara_municipal_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/resolucao_n._002.2025_-_autorizacao_de_viagens_e_concessao_de_diarias_.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/resolucao_n._003.2025_-altera_res._n._002.2025_.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/projeto_de_resolucao_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4568/projeto_de_resolucao_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_resolucao_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/proposta_de_emenda_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4509/proposta_de_emenda_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4510/proposta_de_emenda_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/proposta_de_emenda_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/proposta_de_emenda_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/proposta_de_emenda_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/proposta_de_emenda_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/proposta_de_emenda_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/proposta_de_emenda_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/proposta_de_emenda_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/proposta_de_emenda_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/proposta_de_emenda_013.2025_-_vereador_hernanes_-_aditiva_ao_projeto_lei__n.o_033-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/proposta_de_emenda_modificativa_n.o_015.2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/emenda_impositiva_a_loa._pdf.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/ata_de_posse_veradores_-_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/ata_de_posse_prefeito_-_2025-2028_-_registrada.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/ata_de_posse_mesa_diretora_-_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/ata_de_posse_do_vereador_vinicius_rodrigues.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/01_-_balancete_de_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/02_-_balancete_de_fevereiro_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/03_-_balancete_de_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/04_-_balancete_de_abril_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/05_-_balancete_de_maio_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/06_-_balancete_de_junho_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/07_-_balancete_de_julho_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4620/08_-_balancete_de_agosto2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/09_-_balancete_de_setembro_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/10_-_balancete_de_outubro_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/11_-_balancete_de_novembro_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/12_-_balancete_de_dezembro_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/decreto_legislativo_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/indicacao_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/indicacao_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/indicacao_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/indicacao_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/indicacao_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/indicacao_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/indicacao_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/indicacao_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/indicacao_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/indicacao_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/indicacao_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4411/indicacao_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4412/indicacao_n.o_013_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4413/indicacao_n.o_014_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/indicacao_n.o_015_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/indicacao_n.o_016_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/indicacao_n.o_017_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/indicacao_n.o_018_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4418/indicacao_n.o_019_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4419/indicacao_n.o_020_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/indicacao_n.o_021_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/indicacao_n.o_022_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/indicacao_n.o_023_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/indicacao_n.o_024_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/indicacao_n.o_025_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/indicacao_n.o_026_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/indicacao_n.o_027_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/indicacao_n.o_028_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/indicacao_n.o_029_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/indicacao_n.o_030_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/indicacao_n.o_031_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_n.o_032_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_n.o_033_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_n.o_034_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_n.o_035_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_n.o_036_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/indicacao_n.o_037_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_n.o_038_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_n.o_039_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_n.o_040_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/indicacao_n.o_041_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/indicacao_n.o_042_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4553/indicacao_n.o_043_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/indicacao_no_044_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/indicacao_no_045_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/indicacao_n.o_046_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/indicacao_n.o_047_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/indicacao_n.o_048_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4594/indicacao_n.o_049_2025.lnk" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4621/indicacao_n.o_050_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/indicacao_n.o_052.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/indicacao_n.o_053.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_n.o_054_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/indicacao_n.o_055_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/indicacao_n.o_056.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/lei_municipal_n.o_2.607-2025_-_autoriza_em_carater_excepcional_a_concessao_de_licenca_sem_remuneracao_aos_servidores_lotados_na_balsa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/lei_municipal_n.o_2.608-2025_-_dispoe_sobre_a_concessao_de_recomposicao_salarial_aos_empregados_municipais_-_4.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/lei_municipal_n.o_2.609-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_convenios.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/lei_municipal_n.o_2.610-2025_-_dispoe_sobre_abertura_de_credito_suplementar_2025_-_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/lei_municipal_n.o_2.611-2025_-_institui_o_programa_de_recuperacao_fiscal_-_prorefis_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/lei_municipal_n.o_2.612-2025_-_transferencia_de_area_rural_para_urbana_-_dr_fernando.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/lei_municipal_n.o_2.613-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/lei_municipal_n.o_2.614-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_l._s._v._p.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/lei_municipal_n.o_2.615-2025_-_dispoe_sobre_a_disponibilizacao_do_codigo_qr_em_placas_de_obras_publicas_camara.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/lei_municipal_n.o_2.616-2025_-_dispoe_sobre_a_proibicao_de_execucao_de_musicas_com_letras_que_facam_apologia_ao_crime_camara.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4533/lei_municipal_n.o_2.617-2025_-_autoriza_o_chefe_do_poder_executivo_a_utilizar_recursos_financeiros_proveniente_de_alienacao_de_bens_moveis.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4534/lei_municipal_n.o_2.618-2025_-_dispoe_sobre_a_ampliacao_da_concessao_de_gratificacao_a_todos_os_empregados_lotados_no_emprego_de_tecnico_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/lei_municipal_n.o_2.619-2025_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_serro_alegre_-_leila_maria_lemos_estorino_e_outros.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4554/lei_municipal_n.o_2.620-2025_-_autoriza_o_poder_executivo_municipal_a_instituir_gratificacao_aos_integrantes_de_comissao__permanente.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/lei_municipal_n.o_2.621-2025_-_reajusta_os_valores_dos_plantoes_medicos_e_dos_procedimentos_medicos_que_desempenham_atendimento_no_municipio_de_delfinopolis_.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/lei_municipal_n.o_2.622-2025_-_altera_o_artigo_5.o_da_lei_municipal_n.o_2.176-2013_-_fmh.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/lei_municipal_n.o_2.623-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/lei_municipal_n.o_2.624-2025_-_institui_o_cartao_alimentacao_aos_servidores_publicos_municipais_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/lei_municipal_n.o_2.625-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_morada_do_verde.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/lei_municipal_n.o_2.626-2025_-_autoriza_o_municipio_de_delfinopolis_a_desafetar_imovel_constante_do_patrimonio_publico_-_portal_da_canastra.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4595/lei_municipal_n.o_2.627-2025_-_autoriza_cessao_de_uso_casa_de_pedra_-_acad.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/lei_municipal_n.o_2.628-2025_-_revoga_a_doacao_realizada_atraves_da_lei_municipal_n.o_791-1985_-_aquarius_clube.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4628/lei_municipal_n.o_2.629-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_veiculo_para_vigilancia_1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4629/lei_municipal_n.o_2.630-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_mini_van_para_saude.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4630/lei_municipal_n.o_2.631-2025_-_dispoe_sobre_abertura_de_credito_suplementar_-_raio_x.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4631/lei_municipal_n.o_2.632-2025_-_autoriza_o_municipio_de_delfinopolis_a_celebrar_termo_de_convenio_de_cooperacao_com_o_municipio_de_sao_joao_batista_do_gloria_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4632/lei_municipal_n.o_2.633-2025_-_cria_o_fundo_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4633/lei_municipal_n.o_2.634-2025_-_altera_o_art._1.o_da_lei_2.16-2025_do_municipio_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4634/lei_municipal_n.o_2.635-2025_-_modifica_a_lei_municipal_n.o_2.493-2022_para_alterar_a_remuneracao_dos_membros_do_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4635/lei_municipal_n.o_2.636-2025_-_dispoe_sobre_a_transfencia_de_area_rural_para_urbana_-_estancia_girassol.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/lei_municipal_n.o_2.637-2025_-_regulamenta_a_lei_federal_n.o_11.788-2008_-_contratacao_de_estagiarios_no_servico_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/lei_municipal_n.o_2.638-2025_-_regulamenta_o_uso_do_cordao_de_girassol_como_auxiliar_de_identificacao_de_deficiencias_ocultas_e_doencas_raras_.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/lei_municipal_n.o_2.639-2025_-_da_nova_denominacao_ao_loteamento_residencial_bangalo_-_vale_dos_tucanos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/lei_municipal_n.o_2.640-2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/lei_municipal_n.o_2.641-2025_-_autoriza_o_poder_executivo_a_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4669/lei_municipal_n.o_2.642-2025_-_dispoe_sobre_o_plano_plurianual_de_governo_do_municipio_de_delfinopolis_para_o_quadrienio_de_2026_a_2029_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/lei_municipal_n.o_2.643-2025_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_do_exercicio_financeiro_de_2026_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/lei_municipal_n.o_2.644-2025_-_autoriza_o_poder_executivo_de_delfinopolis_a_abrir_credito_especial_suplementar_-_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4680/lei_municipal_n.o_2.645-2025_-_altera_o_artigo_7.o_da_lei_municipal_n.o_2.641-2025_-_conceder_premiacao_para_campeonatos_torneios_e_concursos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4681/lei_municipal_n.o_2.646-2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cislap.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4682/lei_municipal_n.o_2.647-2025_-_nomeia_a_secretaria_municipal_de_saude_-_pedro_antonio_soares_da_silveira_pepe.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/lei_municipal_n.o_2.648-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_municipais_.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/lei_municipal_n.o_2.649-2025_-_dispoe_sobre_abertura_de_credito_suplementar_no_orcamento_2025_-_majoracao_5_.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/lei_municipal_n.o_2.650-2025_-_abre_credito_especial_ao_orcamento_vigente_de_2025_-_auxilio_financeiro_atletas_.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4686/lei_municipal_n.o_2.651-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_alimentacao_natalino_aos_servidores_publicos_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4508/lei_complementar_n.o_047-2025_-_autoriza_o_poder_executivo_municipal_encaminhar_para_protesto_os_creditos_da_fazenda_publica_municipal_.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/lei_complementar_n.o_048-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/lei_complementar_n.o_049-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/lei_complementar_n.o_050-2025_-_altera_o_anexo_ii_da_lc_no_001-2015_-_acresce_vaga_junto_ao_emprego_de_dentista_-_sede.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/lei_complementar_n.o_051-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_dos_empregos_de_enfermeiro_hospital_nutricionista_e_tec._enfermgem_hosptal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/lei_complementar_n.o_052-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_a_sec_municipal_hidroviaria_e_o_cargo_de_sec_municipal_hidroviario.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/lei_complementar_n.o_053-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_operador_de_maquina_-_distrito_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/lei_complementar_n.o_054-2025_-_dispoe_sobre_a_criacao_e_extincao_de_cargo_e_altera_o_anexo_ii_e_iii_da_lei_complementar_n.o_1854-2008_camara.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/lei_complementar_n.o_055-2025_-_altera_a_lei_complementar_n.o_001-2015_-_desmembra_secretaria_e_cria_secretaria_municipal_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/lei_complementar_n.o_056-2025_-_altera_artigos_do_estatudo_dos_servidores_publicos_-_lei_complementar_n.o_033-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/lei_complementar_n.o_057-2025_-_dispoe_sobre_a_criacao_do_incentivo_adicional_do_componente_de_qualidade_a_ser_pago_em_parcela_unica_aos_integrantes_das_esf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/lei_complementar_n.o_058-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_motorista_-_distrito_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/lei_complementar_n.o_059-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_de_auxiliar_administrativo_-_sede.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/lei_complementar_n.o_060-2025_-_altera_a_lei_complementar_n.o_001-2015_extingui_cargo_e_cria_cargo_comissionado_gerente_municipal_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/lei_complementar_n.o_061-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_coordenador_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/lei_complementar_n.o_062-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vaga_do_emprego_de_fisioterapeuta_-_sede.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/lei_complementar_n.o_063-2025_-_altera_o_valor_do_vencimento_basico_mensal_do_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/lei_complementar_n.o_064-2025_-_altera_a_lei_complementar_n.o_001-2015_-_acresce_vagas_do_emprego_ajudante_geral_-_sede.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/lei_complementar_n.o_065-2025_-_dispoe_sobre_a_implantacao_de_condominio_em_lotes_na_margem_de_represas_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/lei_complementar_n.o_066-2025_-_altera_a_lei_complementar_n.o_001-2015_altera_a_composicao_da_sec_mun_de_politicas_de_assist_social.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/lei_complementar_n.o_067-2025_-_acresce_atribuicoes_e_aumenta_a_jornada_de_trabalho_e_a_remuneracao_-_procurador_geral_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/lei_complementar_n.o_068-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_administrador_distrital.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/lei_complementar_n.o_069-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_diretor_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/lei_complementar_n.o_070-2025_-_altera_a_lei_complementar_n.o_001-2015_-_cria_o_cargo_comissionado_de_gestor_de_obras.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/lei_complementar_n.o_071-2025_-_fixa_o_piso_salarial_do_engenheiro_civil_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/lei_complementar_n.o_072-2025_-_altera_a_lei_complementar_n.o_001-2015_-_altera_a_nomenclatura_do_cargo_efetivo_de_tecnico_de_manutencao_para_tecnico_de_informatica.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/lei_complementar_n.o_073-2025_-_fixa_o_piso_salarial_do_medico_veterinario.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/lei_complementar_n.o_074-2025_-_cria_o_cargo_de_coordenador_municipal_de_centro_de_convivencia_-_na_lei_complementar_no_001-2015_lei_de_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/portaria_n.o_001_2025_-_permanece_rubens_luiz_marques-_diretor_geral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/portaria_n.o_002_2025_-_permanece_jeziel_francisco_ferreira_-_procurador_geral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/portaria_n.o_003_2025_-_permanece_leonardo_do_carmo_surmano_-_assessor_de_comunicacao_e_informatica.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4444/portaria_n.o_004.2025_-_exonera_rhomulo_ribeiro_eulalio_de_brito_-_contador_-_comprador.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/portaria_n.o_005_2025_-_nomeia_roger_lucas_mendes_chaves_-_contador-comprador.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4446/portaria_n.o_006_2025_-_designa_agente_de_contratacao_comissao_de_contratacao_e_quipe_de_apoio_para_a_atuacao_nas_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/portaria_n.o_007_2025_-_nomeia_comissao_de_inventario_fisico_e_financeiro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/portaria_n.o_008_2025_-_dispoe_sobre_a_designacao_de_membros_da_comissao_de_controle_interno_da_camara_municipal_de_delfinopolis-mg.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/portaria_n.o_009.2025__-_nomeia_lucienedivina_da_silva_-_gerente_de_compras.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/projeto_de_lei_n.o_001_2025_-_qr_code_nas_obras.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/projeto_de_lei_n.o_002_2025_-_proibicao_de_musicas_crime_e_drogas_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4391/projeto_de_lei_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4392/projeto_de_lei_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/projeto_de_lei_n.o_005_2025_-_gratificacao_aos_integrantes_das_comissao_p._sindicancia.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/projeto_de_lei_n.o_006_2025_-_abertura_credito_adicional_suplementar_de_2.877.000.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/projeto_de_lei_n.o_007_2025_-_programa_de_recuperacao_fiscal_-_prorefis.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/projeto_de_lei_n.o_008_2025_-_abertura_de_credito_adicional_suplementar_320_000_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/projeto_de_lei_n.o_009_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_c_mapa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/projeto_de_lei_n.o_010_2025_-_autoriza_utilizar_recursos_da_alienacao_de_bens_imoveis_em_contrapartidas_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/projeto_de_lei_n.o_011_2025_-_concessao_de_gratificacao_tecnico_de_enfermagem_-_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/projeto_de_lei_n.o_012_2025_-_abertura_de_credito_adicional_suplementar_224.000_-_secretaria_de_educacao_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/projeto_de_lei_n.o_013_2025_-_abertura_de_credito_adicional_suplementar_150.000_-_lar_sao_vicente_de_paulo_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/projeto_de_lei_n.o_014_2025_-_reajusta_valores_dos_plantoes_medicos_-_ipca_-_extrema_urgencia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/projeto_de_lei_n.o_015_2025_-_transferencia_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_com_mapa_leila__-_urgencia_31_03_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/projeto_de_lei_n.o_016_2025_-_exclui_area_rural_para_perimetro_urbano_do_municipio_de_delfinopolis_-_laercio_-_sem_-_09_04_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/projeto_de_lei_n.o_017_2025_-_altera_o_art._5_da_lei_2176.2013_-_fhis_-_urgencia_e_reuniao_-_22_04_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/projeto_de_lei_n.o_018_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_-_sem_-_22_04_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/projeto_de_lei_n.o_019_2025_-_institui_cartao_alimentacao_aos_servidores_municipais_-_urgencia_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/projeto_de_lei_n.o_020_2025_-_revoga_doacao_-_reversao_ao_patrimonio-_aquarius_clube_-_urgencia_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/projeto_de_lei_n.o_021_2025_-_autoriza_cessao_de_uso_para_associacao_com.-acad_-_sem_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4562/projeto_de_lei_n.o_022_2025_-_institui_cartao_alimentacao_aos_servidores_da_camara_-_12_05_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4563/projeto_de_lei_n.o_023_2025_-_autoriza_desafetar_imovel_-_morada_do_verde_-_16_05_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4564/projeto_de_lei_n.o_024_2025_-_autoriza_desafetar_imovel_-_portal_da_canastra_-_16_05_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/projeto_de_lei_n.o_025_2025_-_transferencia_de_area_rural_-_vila_ditalia_-_urgente_.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/projeto_de_lei_n.o_026_2025_-_abertura_de_credito_adicional_suplementar_280_000_-veiculo_saude_-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/projeto_de_lei_n.o_027_2025_-_abertura_de_credito_adicional_suplementar_155_000_-mini_van_saude_-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/projeto_de_lei_n.o_028_2025_-_abertura_de_credito_adicional_suplementar_365_000_-raio_x_saude-urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/projeto_de_lei_n.o_029_2025_-_autoriza_celebrar_termo_convenio_coop._sao_j.b._gloria_construcao_da_ponte_dos_canteiros_-urgencia.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/projeto_de_lei_n.o_030_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/projeto_de_lei_n.o_031.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/projeto_de_lei_n.o_032_2025_-_cria_o_fundo_municipal_do_meio_ambiente_e_institui_o_seu_conselho_gestor_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/projeto_de_lei_n.o_033_2025_-_modifica_a_lei_2493_-_altera_a_remuneracao_dos_membros_do_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/projeto_de_lei_n.o_034_2025_-_plano_plurianual_para_2026_a_2029.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/projeto_de_lei_n.o_035_2025_-_denominacao_de_bairro_do_residencial_bangalo_e_denominacao_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/projeto_de_lei_n.o_036_2025_-_transferencia_de_area_rural_para_urbana_-_estancia_girassol.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_n.o_037_2025_-_regulamenta_contratacao_de_estagiarios_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/projeto_de_lei_n.o_038_2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil_s.a._-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/projeto_de_lei_n.o_039_2025_-_dispoe_sobre_o_valor_per_capita_de_repasse_ao_cons._interm._de_saude_dos_munic._do_lago_de_peixoto.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/projeto_de_lei_n.o_041_2025_-_autoriza_a_conceder_premiacao_para_campeonatos_torneios_e_concursos_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/projeto_de_lei_n.o_042_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_com_quadros.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/projeto_de_lei_n.o_043_2025_-_autoriza_abrir_credito_suplementar_40_000_-_subvencao_pinturas_da_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/projeto_de_lei_n.o_044.2025_-_hernanes_-_homenagem_ao_professor_-_07.11.25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/projeto_de_lei_n.o_045_2025_-_altera_o_art._7._da_lei_municipal_n._2641_de_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/projeto_de_lei_n.o_046_2025_-_transferencia_area_rural_par_perimetro_urbano_-_sitio_n._s._aparecida_-_urgencia_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/projeto_de_lei_n.o_047_2025_-_transferencia_area_rural_par_perimetro_urbano_-_estiva_-_urgencia_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/projeto_de_lei_n.o_048_2025_-_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_ldo-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/projeto_de_lei_n.o_049_2025_-_estima_a_receita_e_fixa_a_despesa_do_orcamento_fiscal_para_o_exercicio_financeiro_de_2026_-_loa_-_14_11_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/projeto_de_lei_n.o_050_2025_-_da_nome_a_secretaria_municipal_de_saude_-_pedro_antonio_soartes_da_silveira_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/projeto_de_lei_n.o_051_2025_-_autoriza_conceder_auxilio_alimentacao_natalino_-_650_00-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/projeto_de_lei_n.o_052_2025_-_autoriza_majoracao_do_limite_creditos_adicionais_ao_orcamento_-_5_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/projeto_de_lei_n.o_053_2025_-_abre_credito_especial_-_25_000_-_auxilio_aos_atletas_e_artistas_locais_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/projeto_de_lei_n.o_054_2025_-_concede_auxilio_alimentacao_natalino_servidores_da_camara_assinado_com_impacto_-_28_11_2025_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/projeto_de_lei_n.o_055_2025_-_criacao_de_novos_codigos_e_secoes_de_logradouros_para_cobranca_de_iptu__-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/projeto_de_lei_n.o_056_2025_-_autoriza_alienar_lotes_urbanos_com_mapa_-_28_11_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4688/projeto_de_lei_n.o_057_2025_-_institui_regime_de_pronto_pagamento_ou_adiantamento_-_05_12_2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4689/projeto_de_lei_n.o_058_2025_-_altera_a_lei_1342_de_1994_acrescenta_o_art._85-a_no_codigo_tributario_municipal_-_05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/projeto_de_lei_n.o_059_2025_-_altera_a_lei_2604_de_2024_acrescenta_o_art._27-a_na_ldo_de_2025_-_05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/projeto_de_lei_n.o_060_2025_-_institui_programa_de_demissao_voluntaria_da_camara_municipal_de_delfinopolis_-_05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4691/projeto_de_lei_n.o_061_2025_-_concessao_de_vale_refeicao_aos_motoristas_por_meio_de_adiantamento_-_05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/projeto_de_lei_n.o_062_2025_-_autoriza_convenios_parcerias_subvencoes_contribuicoes_incentivos_auxilios_financeiros_assos_e_consorcios-urgencia-05_12_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/projeto_de_lei_complementar_n.o_001_2025_-_autoriza_encaminhar_para_cobranca_e_protesto_extrajudicial_reencaminhado_urgencia.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/projeto_de_lei_complementar_n.o_002_2025_-_cria_o_emprego_de_tecnico_de_enfermagem_substituto.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/projeto_de_lei_complementar_n.o_003_2025_-_cria_o_cargo_de_coordenador_municipal_de_cirurgias_e_exames.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/projeto_de_lei_complementar_n.o_004_2025_-_acresce_1_dentista_-_sede.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/projeto_de_lei_complementar_n.o_005_2025_-_acresce_vagas_-_2_enfermeiros_1_nutrionista_e_2_tecnicos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/projeto_de_lei_complementar_n.o_006_2025_-_cria_secretaria_m._hidroviaria_e_cargo_de_secretario_m._hidroviario.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/projeto_de_lei_complementar_n.o_007_2025_-_extingue_encarregado_de_convenios_e_cria_cargo_de_gerente_municipal_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/projeto_de_lei_complementar_n.o_009_2025_-_cria_o_cargo_de_coordenador_municipal_da_cultura_-_sem.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/projeto_de_lei_complementar_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4526/projeto_de_lei_complementar_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/projeto_de_lei_complementar_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4545/projeto_de_lei_complementar_n.o_013_2025_-_acresce_1_fisioterapeuta_sede_sem.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4546/projeto_de_lei_complementar_n.o_014_2025_-_incetivo_adicional_para_equipes_de_saude_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/projeto_de_lei_complementar_n.o_015_2025_-_acresce_vagas_-_2_motoristas_-_babilonia_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/projeto_de_lei_complementar_n.o_016_2025_-_acresce_vagas_-_5_auxiliares_administrativos_-_urgencia_e_reuniao.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/projeto_de_lei_complementar_no_017_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/projeto_de_lei_complementar_n.o_018_2025_-_reencaminhado_altera_a_lei_compl.001.2015_acrescendo_vagas_ajudante_geral_sede_de_66_para_70_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4589/projeto_de_lei_complementar_n.o_019_2025_-_implantacao_de_cond.fechado_de_lotes_nas_represas_estabelecendo_diretrizes_ambientais_urbanisticas_e_saneamento_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/projeto_de_lei_complementar_n.o_020_2025_-_altera_composicao_da_secretaria_m._de_politicas_de_assitencia_social_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/projeto_de_lei_complementar_n.o_021_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/projeto_de_lei_complementar_n.o_022_2025_-_cria_2_empregos_comissionados_de_administradores_distritais_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/projeto_de_lei_complementar_n.o_023_2025_-_cria_emprego_comissionado_de_diretor_de_esporte_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/projeto_de_lei_complementar_n.o_024_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/projeto_de_lei_complementar_n.o_025_2025_-_fixa_piso_salarial_do_engenheiro_civil__-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/projeto_de_lei_complementar_n.o_026_2025_-_fixa_piso_salarial_do_medico_veterinario_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/projeto_de_lei_complementar_n.o_027_2025_-_altera_vencimento_unificando_empregos_de_patroleiro_e_operador_de_maauinas_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/projeto_de_lei_complementar_n.o_028_2025_-_modifica_nomenclatura_tecnico_de_manutencao_para_tecnico_de_informativa_bem_como_suas_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4692/projeto_de_lei_complementar_n.o_029_2025_-_altera_atribuicoes_e_vencimento_do_tecnico_em_seguranca_do_trabalho_reencaminhado-05_12_2025_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4693/projeto_de_lei_complementar_n.o_030_2025_-_cria_emprego_gestor_de_manutencao_hidroviario_corrigido-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4694/projeto_de_lei_complementar_n.o_031_2025_-_cria_cargo_coordenador_mun._de_centro_de_convivencia_-_ceco_i-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4695/projeto_de_lei_complementar_n.o_032_2025_-_altera_atribuicoes_chefe_div._educacao_e_cria_cargo_de_coordenador_do_tranporte_escolar_urgencia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/projeto_de_lei_complementar_n.o_033_2025_-_dispoe_sobre_fixacao_do_vencimento_e_do_adicional_de_insalubridade_acs_e_ace_-_urgencia.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/projeto_de_lei_complementar_n.o_034_2025_-_cria_secretaria_mun._de_governo_e_cargo_de_secretario_municipal_de_governo-_urgencia_ok.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/requerimento_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/requerimento_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/requerimento_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/requerimento_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/requerimento_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/requerimento_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/requerimento_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/requerimento_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/requerimento_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/requerimento_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/requerimento_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/requerimento_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/requerimento_n.o_013_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/requerimento_n.o_014_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/requerimento_n.o_015_2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/requerimento_no_016.2025_-_jaqueline_-_pedido_de_extrema_urgencia_ao_projeto_de_lei_n.o_033_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/requerimento_n.o_017_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/requerimento_n.o_018.2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/resolucao_n.o_001_2025_-_dispoe_sobre_a_recomposicao_salarial_dos_servidores_da_camara_municipal_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/resolucao_n._002.2025_-_autorizacao_de_viagens_e_concessao_de_diarias_.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/resolucao_n._003.2025_-altera_res._n._002.2025_.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/projeto_de_resolucao_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4568/projeto_de_resolucao_n.o_002_2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/projeto_de_resolucao_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/proposta_de_emenda_n.o_001_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4509/proposta_de_emenda_n.o_003_2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4510/proposta_de_emenda_n.o_004_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/proposta_de_emenda_n.o_005_2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/proposta_de_emenda_n.o_006_2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/proposta_de_emenda_n.o_007_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/proposta_de_emenda_n.o_008_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/proposta_de_emenda_n.o_009_2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4552/proposta_de_emenda_n.o_010_2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4528/proposta_de_emenda_n.o_011_2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/proposta_de_emenda_n.o_012_2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/proposta_de_emenda_013.2025_-_vereador_hernanes_-_aditiva_ao_projeto_lei__n.o_033-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/proposta_de_emenda_modificativa_n.o_015.2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/emenda_impositiva_a_loa._pdf.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/ata_de_posse_veradores_-_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/ata_de_posse_prefeito_-_2025-2028_-_registrada.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/ata_de_posse_mesa_diretora_-_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/ata_de_posse_do_vereador_vinicius_rodrigues.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H289"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="241.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="240.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>