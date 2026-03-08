--- v0 (2025-12-24)
+++ v1 (2026-03-08)
@@ -51,2348 +51,2348 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Bal.C</t>
   </si>
   <si>
     <t>Balancete Contábil</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4473/01_-_balancete_de_janeiro_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4473/01_-_balancete_de_janeiro_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de janeiro de 2023.</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4474/02_-_balancete_de_fevereiro_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4474/02_-_balancete_de_fevereiro_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de fevereiro de 2023.</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4475/03_-_balancete_de_marco_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4475/03_-_balancete_de_marco_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de março de 2023.</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4449/04_-_balancete_de_abril_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4449/04_-_balancete_de_abril_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de abril de 2023.</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4450/05_-_balancete_de_maio_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4450/05_-_balancete_de_maio_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de maio de 2023.</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4451/06_-_balancete_de_junho_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4451/06_-_balancete_de_junho_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de junho de 2023.</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4452/07_-_balancete_de_julho_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4452/07_-_balancete_de_julho_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de julho de 2023.</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4453/08_-_balancete_de_agosto_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4453/08_-_balancete_de_agosto_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de agosto de 2023.</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4454/09_-_balancete_de_setembro_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4454/09_-_balancete_de_setembro_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de setembro de 2023.</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4455/10_-_balancete_de_outubro_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4455/10_-_balancete_de_outubro_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de outubro de 2023.</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4456/11_-_balancete_de_novembro_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4456/11_-_balancete_de_novembro_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de novembro de 2023.</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4457/12_-_balancete_de_dezembro_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4457/12_-_balancete_de_dezembro_2023.pdf</t>
   </si>
   <si>
     <t>Balancete de dezembro de 2023.</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Analdo Arantes Vieira</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4180/proposta_de_emenda_aditiva_003-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4180/proposta_de_emenda_aditiva_003-2023.pdf</t>
   </si>
   <si>
     <t>FICA ACRESCIDO AO ORÇAMENTO SALDO DE R$ 500.000,00 (QUINHENTOS MIL REAIS)</t>
   </si>
   <si>
     <t>4185</t>
   </si>
   <si>
     <t>Delson Pereira Machado</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4185/proposta_de_emenda_aditiva_n.o_004-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4185/proposta_de_emenda_aditiva_n.o_004-2023.pdf</t>
   </si>
   <si>
     <t>ACRESCE ALÍNEAS AO ARTIGO 1º, INCISO I, IV E VI DO PROJETO DE LEI N.º 042/2023.</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
     <t>Câmara Municipal de Delfinópolis - CMD</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4181/proposta_de_emenda_modificativa_005-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4181/proposta_de_emenda_modificativa_005-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO I DO ARTIGO 4º</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
     <t>José Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4178/proposta_de_emenda_modificativa_006-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4178/proposta_de_emenda_modificativa_006-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 1.º DO ARTIGO 47</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
     <t>Indi.</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Zezinho Bexiga</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4005/indicacao_001_2023_-_jose_fernandes_a_prefeita_-_construcao_de_mata-burros_de_cimento_e_troca_dos_de_madeira_do_municipio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4005/indicacao_001_2023_-_jose_fernandes_a_prefeita_-_construcao_de_mata-burros_de_cimento_e_troca_dos_de_madeira_do_municipio.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes á Prefeita na qual sugere que providencie a construção de mata-burros de cimento e realizar a troca de todos existentes em madeira no município.</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4006/indicacao_002_2023_-_jose_fernandes_a_prefeita_-_construcao_de_estacionamento_diagonal_na_praca_dr._lafayete_soares.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4006/indicacao_002_2023_-_jose_fernandes_a_prefeita_-_construcao_de_estacionamento_diagonal_na_praca_dr._lafayete_soares.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes á Prefeita na qual sugere que providencie a construção de estacionamento diagonal na Praça Dr. Lafayete Soares em frente ao bar e restaurante do mamão.</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4007/indicacao_003_2023_-_jose_fernandes_a_prefeita_-_instalacao_de_ponto_de_onibus_enfente_a_caixa_dagua_antiga.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4007/indicacao_003_2023_-_jose_fernandes_a_prefeita_-_instalacao_de_ponto_de_onibus_enfente_a_caixa_dagua_antiga.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes á Prefeita na qual sugere que providencie a instalação de ponto de ônibus de frente a caixa d’água antiga no bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4008/indicacao_004_2023_-_jose_fernandes_a_prefeita_-_encaminhe_equipe_de_estrada_para_reparar_a_regiao_da_gurita.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4008/indicacao_004_2023_-_jose_fernandes_a_prefeita_-_encaminhe_equipe_de_estrada_para_reparar_a_regiao_da_gurita.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes á Prefeita na qual sugere que encaminhe uma equipe do departamento de estradas para reparar toda a área da região da gurita com moto niveladora/patrol.</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4009/indicacao_005_2023_-_jose_fernandes_a_prefeita_-_rever_o_salario_de_todos_os_servidores_pubcicos_e_fazer_recomposicao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4009/indicacao_005_2023_-_jose_fernandes_a_prefeita_-_rever_o_salario_de_todos_os_servidores_pubcicos_e_fazer_recomposicao.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes á Prefeita na qual sugere que seja revisto o salário de todos os servidores públicos e seja feita a recomposição salarial dos mesmos.</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4010/indicacao_006_2023_-_jose_fernandes_a_prefeita_-_rever_o_salario_dos_conselheiros_tutelares.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4010/indicacao_006_2023_-_jose_fernandes_a_prefeita_-_rever_o_salario_dos_conselheiros_tutelares.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes á Prefeita na qual sugere que seja revisto o salário dos conselheiros tutelares e seja feita a recomposição salarial dos mesmos.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
     <t>Analdo Arantes</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4015/indicacao_007_2023_-_analdo_e_delson_-_publicacao_de_editais_de_processo_seletivo_e_ou_concurso_publico_nos_distritos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4015/indicacao_007_2023_-_analdo_e_delson_-_publicacao_de_editais_de_processo_seletivo_e_ou_concurso_publico_nos_distritos.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelos Vereadores Analdo e Delson á Prefeita na qual sugere que sejam publicados todos editais de processo seletivo ou concurso público em todas escolas e postos de saúde dos distritos de Babilônia e Olhos D’água.</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
     <t>Delson Machado</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4025/indicacao_008_2023_-_delson_a_prefeita_-_limpeza_na_rua_cristiano_joaquim_lemos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4025/indicacao_008_2023_-_delson_a_prefeita_-_limpeza_na_rua_cristiano_joaquim_lemos.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson á Prefeita na qual sugere que seja realizada uma limpeza geral na Rua Cristiano Joaquim Lemos, rua principal do distrito de Olhos D’água. Ocorre que em dias de estiagem provoca muito poeira ocasionando problemas respiratórios e nos períodos de chuva o barro toma conta da rua devido ao grande acúmulo de sujeira no local.</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4026/indicacao_009_2023_-_jose_fernandes_a_prefeita_-_providencias_em_relacao_a_empresa_lube_pack_comercial_ltda.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4026/indicacao_009_2023_-_jose_fernandes_a_prefeita_-_providencias_em_relacao_a_empresa_lube_pack_comercial_ltda.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes á Prefeita na qual sugere que sejam tomadas providências em relação a empresa LUBE PACK COMERCIAL LTDA responsável pela prestação de serviço com fornecimento de material para retifica do motor da máquina RG170BN, com a finalidade de agilizar e concluir a prestação de serviço.</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>Luciana da Rádio</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4037/indicacao_no10.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4037/indicacao_no10.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana Aparecida Matias á Prefeita na qual sugere que seja fornecido lanche para as pessoas carentes que realizam consultas e outros procedimentos de saúde fora do domicílio.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4038/indicacao_no11.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4038/indicacao_no11.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana Aparecida Matias á Prefeita na qual sugere que seja adquirido aparelho celular com opção de Whatsapp para a recepção do Hospital Municipal Elpídio Rodrigues Pinto.</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4039/indicacao_no12.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4039/indicacao_no12.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Analdo Arantes Vieira á Prefeita na qual sugere que seja contratado segurança armada para todas as Escolas Municipais deste município.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Jaqueline Esteticista</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4040/indicacao_no13.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4040/indicacao_no13.pdf</t>
   </si>
   <si>
     <t>Indicação da Vereadora Jaqueline Aparecida da Silva á Prefeita na qual sugere que seja adquirido portas com detectores de metais para todas as Escolas Municipais deste município.</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4041/indicacao_no14.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4041/indicacao_no14.pdf</t>
   </si>
   <si>
     <t>Indicação da Vereadora Jaqueline Aparecida da Silva á Prefeita na qual sugere que seja realizada a reforma da quadra de esportes do bairro São Sebastião.</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4042/indicacao_no_015.2023_-_luciana_-_tendas_para_psf-_08.05.23.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4042/indicacao_no_015.2023_-_luciana_-_tendas_para_psf-_08.05.23.pdf</t>
   </si>
   <si>
     <t>Indicação da Vereadora Luciana Aparecida Matias á Prefeita na qual sugere que sejam adquiridas e instaladas Tendas em todos os PSFs do Município.</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4082/indicacao_n.o016.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4082/indicacao_n.o016.2023.pdf</t>
   </si>
   <si>
     <t>SEJAM CONSTRUÍDAS LOMBADAS NA RUA ANTÔNIO LOPES FILHO, NAS IMEDIAÇÕES DO N.º1059.</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4083/indicacao_n.o017.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4083/indicacao_n.o017.2023.pdf</t>
   </si>
   <si>
     <t>SEJAM REALIZADAS MANUTENÇÕES NAS ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/</t>
   </si>
   <si>
     <t>PROVIDÊNCIE A CONSTRUÇÃO DE ESTACIONAMENTO DIAGONAL EM FRENTE AO CEI - CENTRO DE EDUCAÇÃO INFANTIL CRIANÇA FELIZ E ESCOLA ESTADUAL PROFESSORA NEIVA MARIA LEITE.</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4090/indicacao_n.o019-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4090/indicacao_n.o019-2023.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADA FURNAS PARA A RECOMPOSIÇÃO DE ALEVINOS NOS NOSSOS RIOS E AFLUENTES, ESPÉCIES COMO PIRAPITINGA, PIAU, PIRAPUTANGA, CURIMBATÁ ETC.</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4091/indicacao_n.o020-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4091/indicacao_n.o020-2023.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADA EMATER PARA PROMOVER CURSOS PROFISSIONALIZANTES NA FABRICAÇÃO DE QUEIJOS.</t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4103/indicacao_n.o_021_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4103/indicacao_n.o_021_2023.pdf</t>
   </si>
   <si>
     <t>SUGERIR QUE ENCAMINHE UMA EQUIPE DO DEPARTAMENTO DE ESTRADAS PARA REPARAR TODA A ÁREA DA REGIÃO DA GURITA E DO CAMINHO DO CÉU COM MOTONIVELADORA, BEM COMO FAZER O ENCABEÇAMENTO DAS PONTES DESTAS REGIÕES.</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4104/indicacao_n.o_022_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4104/indicacao_n.o_022_2023.pdf</t>
   </si>
   <si>
     <t>SUGERIR QUE SEJAM INSTALADAS MAIS LUMINÁRIAS DA PRAÇA, NO PARQUINHO E NO CEMITÉRIO, NO DISTRITO DE OLHOS D' ÁGUA DA CANASTRA.</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4105/indicacao_n.o_023-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4105/indicacao_n.o_023-2023.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REVISTO O SALÁRIO DOS SERVIDORES DO CEI - CENTRO DE EDUCAÇÃO INFANTIL CRIANÇA FELIZ E SEJA FEITA O REAJUSTE SALARIAL DOS MESMOS NA IMPORTÂNCIA DE 40% (QUARENTA POR CENTO) E EQUIPARAÇÃO NO VALE ALIMENTAÇÃO PRATICADO NO EXECUTIVO.</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4106/indicacao_n.o_024-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4106/indicacao_n.o_024-2023.pdf</t>
   </si>
   <si>
     <t>QUE SEJA UTILIZADO TODO O VALOR CONSIDERADO COMO SOBRAS DA FUTURA ALIENAÇÃO DE LOTES URBANOS SITUADOS NA RUA HUGO MARTINS VAZ NO MUNICÍPIO DE DELFINÓPOLIS - MG, NA REFORMA DE CASAS PARA A POPULAÇÃO CARENTE.</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4107/indicacao_n.o_025-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4107/indicacao_n.o_025-2023.pdf</t>
   </si>
   <si>
     <t>SUGERIR QUE SEJA INSTALADA ILUMINAÇÃO PÚBLICA NA RUA JUSCELINO PERNAMBUCO QUE IRTELIGA OS BAIRROS NOSSA SENHORA APARECIDA AO PORTAL DA CANASTRA.</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4108/indicacao_n.o_026-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4108/indicacao_n.o_026-2023.pdf</t>
   </si>
   <si>
     <t>SUGERIR QUE SEJAM ENVIADOS OFÍCIOS AOS DEPUTADOS EMIDINHO MADEIRA, JOSÉ LAVIOLA e CÁSSIO SOARES, PARA CONSEGUIR ALEVINOS DAS ESPÉCIES COMO PACU, TAMBAQUI, PIAU, PIAPARA, PINTADO e DE PEIXES DE AGUA CORRENTE PARA REPOVOAR OS RIOS SANTO ANTÔNIO, BOM JESUS, ENGANO E ZAGAIA, JUNTO À FURNAS OU OUTRO LUGAR.</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4109/indicacao_n.o_027-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4109/indicacao_n.o_027-2023.pdf</t>
   </si>
   <si>
     <t>SUGERIR QUE SEJA ARRUMADA A PONTE ENTRE O ROMILSON E SR. NINICO.</t>
   </si>
   <si>
     <t>4110</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4110/indicacao_n.o_028-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4110/indicacao_n.o_028-2023.pdf</t>
   </si>
   <si>
     <t>SUGERIR QUE SEJA ENCASCALHADO OS PONTOS CRÍTICOS NA SERRA DE PEIXOTO.</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>SUGERIR QUE SEJA CRIADO O PROGRAMA DE INCENTIVO A FORMAÇÃO DE BRIGADISTA PROFISSIONAL, BOMBEIRO VOLUNTÁRIO E BRIGADA DE EMERGÊNCIA.</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4152/indicacao_n.o_030-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4152/indicacao_n.o_030-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA REALIZADO MUTIRÃO/LIMPA FILA MENSALMENTE CONFORME JÁ REALIZADO NO MÊS DE NOVEMBRO "MÊS DE PREVENÇÃO AO CÂNCER DE PRÓSTATA - NOVEMBRO AZUL".</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4153/indicacao_n.o_031-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4153/indicacao_n.o_031-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM ADQUIRIDAS TENDAS PARA O CEMITÉRIO MUNICIPAL DE DELFINÓPOLIS.</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4154/indicacao_n.o_032-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4154/indicacao_n.o_032-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA REALIZADO MUTIRÃO DE LIMPEZA NO CEMITÉRIO MUNICIPAL DE DELFINÓPOLIS.</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4155/indicacao_n.o_033-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4155/indicacao_n.o_033-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJAM INSTALADAS PLACAS DE SINALIZAÇÃO NAS PONTES DA ESTRADA MUNICIPAL QUE INTERLIGA A BR-464 À PEIXOTO CONTENDO PESO E LARGURA PERMITIDA.</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4156/indicacao_n.o_034-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4156/indicacao_n.o_034-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA REVISTO O SALÁRIO DOS SERVIDORES DO CEI - CENTRO DE EDUCAÇÃO INFANTIL CRIANÇA FELIZ E SEJA FEITO O REAJUSTE NO VALE ALIMENTAÇÃO NA IMPORTÂNCIA DE R$100,00 (SEM REAIS).</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4158/indicacao_036-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4158/indicacao_036-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO RECAPEAMENTO DO ASFALTO EM TODOS OS LUGARES ONDE PRECISAM, PRINCIPALMENTE NA ANTIGA PONTE DO SARANDI.</t>
   </si>
   <si>
     <t>4159</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4159/indicacao_037-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4159/indicacao_037-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA FEITO UM ESTACIONAMENTO IGUAL DO HOSPITAL EM FRENTE AO RESTAURANTE DO MAMÃO.</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4160/indicacao_038-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4160/indicacao_038-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA COBRADO A TRAVESSIA DA BALSA NOS DOIS LADOS.</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4161/indicacao_039-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4161/indicacao_039-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA PROMOVIDO UM CAMPEONATO DE CHÁCARA NA PRAINHA NO MÊS DE JANEIRO.</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4162/indicacao_040-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4162/indicacao_040-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA ENCASCALHADA A ESTRADA DO ITANIOPE FAZENDA DO SR. LAZINHO ATÉ O SR. ANTÔNIO (JOANINHA).</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4163/indicacao_041-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4163/indicacao_041-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE MÁQUINAS PATROL, PÁ CARREGADEIRA VÃO PERCORRER TODA A ESTRADA DO ITAJUÍ, COM 2 CAMINHÕES PARA MANUTENÇÃO DE ESGOTOS E CASCALHO.</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4164/indicacao_042-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4164/indicacao_042-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA SOLICITADO COM URGÊNCIA O SISTEMA DE FUMACÊ PARA PERCORRER AS RUAS DO MUNÍCIPIO PARA COMBATER O FOCO DO MOSQUITO DA DENGUE.</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4165/indicacao_043-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4165/indicacao_043-2023.pdf</t>
   </si>
   <si>
     <t>SUGERE QUE SEJA NOMEADO SERVIDOR AO CARGO DE ASSESSOR DE DIVISÃO DE ESPORTE E EVENTOS.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>Leis</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
     <t>Suely Alves Ferreira Leite Lemos</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3995/lei_municipal_n.o_2.511-2023_-_dispoe_sobre_abertura_de_credito_suplementar_orcamento_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3995/lei_municipal_n.o_2.511-2023_-_dispoe_sobre_abertura_de_credito_suplementar_orcamento_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito suplementar no orçamento do exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4000/lei_municipal_n.o_2.512-2023_-_concede_subvencao_social_a_entidade_cei_geanderson_miranda_reinaldo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4000/lei_municipal_n.o_2.512-2023_-_concede_subvencao_social_a_entidade_cei_geanderson_miranda_reinaldo.pdf</t>
   </si>
   <si>
     <t>Concede subvenção social á Entidade Centro De Educação Infantil Geanderson Miranda Reinaldo no Exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4001/lei_municipal_n.o_2.513-2023_-_concede_subvencao_social_a_entidade_cei_rodrigo_medeiros.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4001/lei_municipal_n.o_2.513-2023_-_concede_subvencao_social_a_entidade_cei_rodrigo_medeiros.pdf</t>
   </si>
   <si>
     <t>Concede subvenção social á Entidade Centro De Educação Infantil Rodrigo Medeiros Cintra no Exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4030/lei_municipal_n.o_2.514-2023_-_institui_o_programa_familia_acolhedora.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4030/lei_municipal_n.o_2.514-2023_-_institui_o_programa_familia_acolhedora.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA FAMÍLIA ACOLHEDORA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4031/lei_municipal_n.o_2.515-2023_-_institui_o_plano_municipal_de_sanemaneto_basico_pmsb_de_delfinopolis-mg.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4031/lei_municipal_n.o_2.515-2023_-_institui_o_plano_municipal_de_sanemaneto_basico_pmsb_de_delfinopolis-mg.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Saneamento Básico (PMSB) de Delfinópolis (MG) e dá outras providências.</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4059/lei_municipal_n.o_2.516-2023_-_da_nova_denominacao_ao_bairro_portal_da_canastra_-_sebastiao_ferreira_lopes_camara_1.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4059/lei_municipal_n.o_2.516-2023_-_da_nova_denominacao_ao_bairro_portal_da_canastra_-_sebastiao_ferreira_lopes_camara_1.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação ao Bairro Portal da Canastra, desta cidade, que passa a denominar-se bairro Sebastião Ferreira Lopes.</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4060/lei_municipal_n.o_2.517-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_taf_imobiliaria_e_construtora_ltda_-_04.0070_ha.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4060/lei_municipal_n.o_2.517-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_taf_imobiliaria_e_construtora_ltda_-_04.0070_ha.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de área rural para o perímetro urbano do Município de Delfinópolis, como neste se especifica.</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4061/lei_municipal_n.o_2.518-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_d.n.a._inc._adm._e_constr._e_imoveis_e_participacoes_ltda_-.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4061/lei_municipal_n.o_2.518-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_d.n.a._inc._adm._e_constr._e_imoveis_e_participacoes_ltda_-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de área rural para o perímetro urbano do Município de Delfinópolis, como nesta se especifica.</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4062/lei_municipal_n.o_2.519-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_evani_barros_maia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4062/lei_municipal_n.o_2.519-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_evani_barros_maia.pdf</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4063/lei_municipal_n.o_2.520-2021_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_d.n.a._inc._adm._e_constr._e_imoveis_e_participacoes_ltda_-.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4063/lei_municipal_n.o_2.520-2021_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_d.n.a._inc._adm._e_constr._e_imoveis_e_participacoes_ltda_-.pdf</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4064/lei_municipal_n.o_2.521-2023_-_dispoe_sobre_autorizacao_de_cessao_de_uso_de_imovel_-_associacao_maos_da_canastra_1.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4064/lei_municipal_n.o_2.521-2023_-_dispoe_sobre_autorizacao_de_cessao_de_uso_de_imovel_-_associacao_maos_da_canastra_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização de cessão de uso de imóvel, como nesta se específica.</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4065/lei_municipal_n.o_2.522-2023_-_dispoe_sobre_o_reajuste_do_auxilio_alimentacao_1.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4065/lei_municipal_n.o_2.522-2023_-_dispoe_sobre_o_reajuste_do_auxilio_alimentacao_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajusto do auxilio alimentação concedido aos servidores públicos municipais do poder executivo e dá outras providências.</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4075/lei_municipal_n.o_2.523-2023_-_dispoe_sobre_o_limite_do_percentual_para_emprestimo_consignado_45.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4075/lei_municipal_n.o_2.523-2023_-_dispoe_sobre_o_limite_do_percentual_para_emprestimo_consignado_45.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O LIMITE DO PERCENTUAL DE CONSIGNAÇÃO EM FOLHA DE PAGAMENTO DE SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4076/lei_municipal_n.o_2.524-2023_-_dispoe_sobre_a_politica_municipal_de_saneamento_basico.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4076/lei_municipal_n.o_2.524-2023_-_dispoe_sobre_a_politica_municipal_de_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO, SEUS INSTRUMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4077/lei_municipal_n.o_2.525-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_mco_empreendimentos_1.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4077/lei_municipal_n.o_2.525-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_mco_empreendimentos_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DE ÁREA RURAL PARA O PERÍMETRO URBANO DO MUNICÍPIO DE DELFINÓPOLIS, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4078/lei_municipal_n.o_2.526-2023_-_dispoe_sobre_a_concessao_de_recomposicao_salarial_324_-_01.07.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4078/lei_municipal_n.o_2.526-2023_-_dispoe_sobre_a_concessao_de_recomposicao_salarial_324_-_01.07.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE RECOMPOSIÇÃO SALARIAL AOS EMPREGADOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4079/lei_municipal_n.o_2.527-2023_-_fixa_os_subsidios_dos_secretarios_municipais_de_delfinopolis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4079/lei_municipal_n.o_2.527-2023_-_fixa_os_subsidios_dos_secretarios_municipais_de_delfinopolis.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS SECRETÁRIOS MUNICIPAIS DE DELFINÓPOLIS/MG, CONFORME ART. 29, V, DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4080/lei_municipal_n.o_2.528-2023_-_autoriza_o_fracionamento_de_lotes__-_1250_m2_x_500_mts_de_frente.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4080/lei_municipal_n.o_2.528-2023_-_autoriza_o_fracionamento_de_lotes__-_1250_m2_x_500_mts_de_frente.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O FRACIONAMNETO, DESDE QUE PARA FINS RESIDENCIAIS, DE LOTES RESULTANTES DE 125,00m² E FRENTE MÍNIMA DE 5,00m.</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4122/lei_municipal_n.o_2.529-2023_-_reajusta_os_valores_dos_plantoes_medicos_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4122/lei_municipal_n.o_2.529-2023_-_reajusta_os_valores_dos_plantoes_medicos_2023.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VALORES DOS PLANTÕES MÉDICOS E DOS PROCEDIMENTOS MÉDICOS QUE DESEMPENHAM ATENDIMENTO NO MUNICÍPIO DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4123/lei_municipal_n.o_2.530-2023_-_majoracao_15.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4123/lei_municipal_n.o_2.530-2023_-_majoracao_15.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE DELFINÓPOLIS PARA EXERCÍCIO FINANCEIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4124/lei_municipal_n.o_2.531-2023_-_cislap.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4124/lei_municipal_n.o_2.531-2023_-_cislap.pdf</t>
   </si>
   <si>
     <t>Disciplina a participação do Município de Delfinópolis-MG no Consórcio Intermunicipal de Saúde dos Municípios do Lago de Peixoto – CISLAP, dispensa a ratificação do Protocolo de Intenções e dá outras providências.</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4125/lei_municipal_n.o_2.532-2023_-_credito_especial_cei_crianca_feliz.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4125/lei_municipal_n.o_2.532-2023_-_credito_especial_cei_crianca_feliz.pdf</t>
   </si>
   <si>
     <t>CONCEDE SUBVENÇÃO SOCIAL À ENTIDADE CENTRO DE EDUCAÇÃO INFANTIL CRIANÇA FELIZ NO EXERCÍCIO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4126/lei_municipal_n.o_2.533-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_taxi_empreendimentos_2.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4126/lei_municipal_n.o_2.533-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_taxi_empreendimentos_2.pdf</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4127/lei_municipal_n.o_2.534-2023_-_declara_utilidade_publica_-_associacao_folia_de_santos_reis_magos_do_oriente.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4127/lei_municipal_n.o_2.534-2023_-_declara_utilidade_publica_-_associacao_folia_de_santos_reis_magos_do_oriente.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO FOLIA DE SANTOS REIS MAGOS DO ORIENTE DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4128/lei_municipal_n.o_2.535-2023_-_disciplina_a_participacao_do_municipio_de_delfinopolis_em_consorcio_publico.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4128/lei_municipal_n.o_2.535-2023_-_disciplina_a_participacao_do_municipio_de_delfinopolis_em_consorcio_publico.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A PARTICIPAÇÃO DO MUNICÍPIO DE DELFINÓPOLIS EM CONSÓRCIO PÚBLICO, DISPENSA A RATIFICAÇÃO DO PROTOCOLO DE INTENÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4129/lei_municipal_n.o_2.536-2023_-_dispcoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_mco_empreendimentos_imobiliarios_ltda.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4129/lei_municipal_n.o_2.536-2023_-_dispcoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_mco_empreendimentos_imobiliarios_ltda.pdf</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4130/lei_municipal_n.o_2.537-2023_-_autoriza_o_poder_executivo_a_alienar_lotes_urbanos_rua_hugo_martins_vaz_1.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4130/lei_municipal_n.o_2.537-2023_-_autoriza_o_poder_executivo_a_alienar_lotes_urbanos_rua_hugo_martins_vaz_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR LOTES URBANOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4131/lei_municipal_n.o_2.538-2023_-_autoriza_doacao_de_imovel_de_propriedade_do_municipio_a_camara_municipal_de_delfinopolis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4131/lei_municipal_n.o_2.538-2023_-_autoriza_doacao_de_imovel_de_propriedade_do_municipio_a_camara_municipal_de_delfinopolis.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE DELFINÓPOLIS À CÂMARA MUNICIPAL DE DELFINÓPOLIS PARA FINS DE CONSTRUÇÃO DE SEDE PRÓPRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4132/lei_municipal_n.o_2.539-2023_-_autoriza_o_municipio_a_desafetar_imovel_constante_do_patrimonio_publico.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4132/lei_municipal_n.o_2.539-2023_-_autoriza_o_municipio_a_desafetar_imovel_constante_do_patrimonio_publico.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE DELFINÓPOLIS A DESAFETAR IMÓVEL CONSTANTE DO PATRIMÔNIO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4188/lei_municipal_n.o_2.540-2023_-_declara_utilidade_publica_associacao_dos_produtores_rurais_e_amigos_da_gurita_aprumig.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4188/lei_municipal_n.o_2.540-2023_-_declara_utilidade_publica_associacao_dos_produtores_rurais_e_amigos_da_gurita_aprumig.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRODUTORES RURAIS E AMIGOS DA GURITA (APRUMIG), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4189/lei_municipal_n.o_2.541-2023_-_consorcio_ameg_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4189/lei_municipal_n.o_2.541-2023_-_consorcio_ameg_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RATIFICAÇÃO DO MUNICÍPIO DE DELFINÓPOLIS AO CONTRATO DE CONSÓRCIO PÚBLICO DA ASSOCIAÇÃO PÚBLICA DOS MUNICÍPIOS DA MICRORREGIÃO DO MÉDIO RIO GRANDE – AMEG, CONSOLIDADO COM O SEGUNDO TERMO ADITIVO.</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4190/lei_municipal_n.o_2.542-2023_-_dispoe_sobre_a_reducao_da_carga_horaria_do_servidor_publico_municipal.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4190/lei_municipal_n.o_2.542-2023_-_dispoe_sobre_a_reducao_da_carga_horaria_do_servidor_publico_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DA CARGA HORÁRIA DO SERVIDOR PÚBLICO MUNICIPAL QUE SEJA PAI OU MÃE, TUTOR, CURADOR OU RESPONSÁVEL LEGAL DE PORTADOR DE NECESSIDADE ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4191/lei_municipal_n.o_2.543-2023_-_institui_o_funcionamento_da_procuradoria_geral_do_municipio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4191/lei_municipal_n.o_2.543-2023_-_institui_o_funcionamento_da_procuradoria_geral_do_municipio.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNCIONAMENTO, DISPÕE SOBRE NORMAS APLICÁVEIS À ATUAÇÃO CONSULTIVA, REPRESENTAÇÃO EXTRAJUDICIAL E REPRESENTAÇÃO JUDICIAL EXERCIDAS PELOS INTEGRANTES DA PROCURADORIA-GERAL DO MUNICÍPIO DE DELFINÓPOLIS.</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4192/lei_municipal_n.o_2.544-2023_-_dispoe_sobre_a_regulamentacao_da_assistencia_financeira_complementar_repassada_pela_uniao_federal_-_enfermagem.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4192/lei_municipal_n.o_2.544-2023_-_dispoe_sobre_a_regulamentacao_da_assistencia_financeira_complementar_repassada_pela_uniao_federal_-_enfermagem.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL N° 14.434, DE 4 DE AGOSTO DE 2022, NO EXERCÍCIO FINANCEIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>4193</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4193/lei_municipal_n.o_2.546-2023_-_credito_suplementar_cei_crianca_feliz.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4193/lei_municipal_n.o_2.546-2023_-_credito_suplementar_cei_crianca_feliz.pdf</t>
   </si>
   <si>
     <t>CONCEDE SUBVENÇÃO SOCIAL À ENTIDADE CENTRO DE EDUCAÇÃO INFANTIL CRIANÇA FELIZ NO EXERCÍCIO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4194/lei_municipal_n.o_2.547-2023_-_concede_subvencao_social_a_entidade_-_fundacao_gedor_silveira.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4194/lei_municipal_n.o_2.547-2023_-_concede_subvencao_social_a_entidade_-_fundacao_gedor_silveira.pdf</t>
   </si>
   <si>
     <t>CONCEDE SUBVENÇÃO SOCIAL À ENTIDADE FUNDAÇÃO GEDOR SILVEIRA NO EXERCÍCIO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4195/lei_municipal_n.o_2.548-2023_-_dispoe_sobre_a_remocao_de_veiculos_automotores_abandonados_nas_vias_publicas_do_municipio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4195/lei_municipal_n.o_2.548-2023_-_dispoe_sobre_a_remocao_de_veiculos_automotores_abandonados_nas_vias_publicas_do_municipio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS AUTOMOTORES ABANDONADOS NAS VIAS PÚBLICAS DO MUNICÍPIO DE DELFINÓPOLIS NAS CONDIÇÕES QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4196/lei_municipal_n.o_2.549-2023_-_dispoe_sobre_a_criacao_do_conselho_municipal_de_direito_do_idoso_e_do_fundo_municipal_de_direitos_do_idoso.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4196/lei_municipal_n.o_2.549-2023_-_dispoe_sobre_a_criacao_do_conselho_municipal_de_direito_do_idoso_e_do_fundo_municipal_de_direitos_do_idoso.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITO DO IDOSO, DO FUNDO MUNICIPAL DE DIREITOS DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4197/lei_municipal_n.o_2.550-2023_-_autoriza_o_poder_executivo_municipal_a_conceder_abono_especial_pecuniario.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4197/lei_municipal_n.o_2.550-2023_-_autoriza_o_poder_executivo_municipal_a_conceder_abono_especial_pecuniario.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO ESPECIAL PECUNIÁRIO AOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4198/lei_municipal_n.o_2.551-2023_-_autoriza_o_poder_legislativo_a_conceder_abono_especial_pecuniario_aos_servidores_publicos_da_camara.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4198/lei_municipal_n.o_2.551-2023_-_autoriza_o_poder_legislativo_a_conceder_abono_especial_pecuniario_aos_servidores_publicos_da_camara.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A CONCEDER ABONO ESPECIAL PECUNIÁRIO AOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4199/lei_municipal_n.o_2.552-2023_-_majoracao_65_-_15.12.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4199/lei_municipal_n.o_2.552-2023_-_majoracao_65_-_15.12.2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE DELFINÓPOLIS PARA EXERCÍCIO FINANCEIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4200/lei_municipal_n.o_2.553-2023_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_do_ex.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4200/lei_municipal_n.o_2.553-2023_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_do_ex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO FINANCEIRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4201/lei_municipal_n.o_2.554-2023_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_delfinopolis_para_o_exercicio_financeiro_de_2024_-_loa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4201/lei_municipal_n.o_2.554-2023_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_delfinopolis_para_o_exercicio_financeiro_de_2024_-_loa.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE DELFINÓPOLIS PARA O EXERCÍCIO FINANCEIRO DE 2024.</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4202/lei_municipal_n.o_2.555-2023_-_repasses_financeiros_2024_1.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4202/lei_municipal_n.o_2.555-2023_-_repasses_financeiros_2024_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE DELFINÓPOLIS FIRMAR CONVÊNIOS, TERMOS DE PARCERIAS, CONCEDER SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS FINANCEIROS E MANTER FILIAÇÕES JUNTO AS ASSOCIAÇÕES E CONSÓRCIOS PÚBLICOS, NO EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
     <t>Leis Municipais Complementares</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4032/lei_complementar_n.o_032-2023_-_altera_a_lc_001-2015_coordenador_do_cras.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4032/lei_complementar_n.o_032-2023_-_altera_a_lc_001-2015_coordenador_do_cras.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI COMPLEMENTAR Nº 001/2015 REFERENTE A ESCOLARIDADE E CARGA HORÁRIA DO CARGO DE COORDENADOR MUNICIPAL DO CENTRO DE REFERÊNCIA DA ASSISTÊNCIA SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4036/lei_complementar_n.o_033-2023_-_dispoe_sobre_o_estatuto_dos_servidores_publicos_do_municipio_de_delfinopolis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4036/lei_complementar_n.o_033-2023_-_dispoe_sobre_o_estatuto_dos_servidores_publicos_do_municipio_de_delfinopolis.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS_x000D_
 DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE_x000D_
 DELFINÓPOLIS-MG.</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4067/lei_complementar_n.o_034-2023_-_modifica_as_vagas_de_agente_comunitario_de_saude_distritos_1.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4067/lei_complementar_n.o_034-2023_-_modifica_as_vagas_de_agente_comunitario_de_saude_distritos_1.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) MODIFICANDO AS VAGAS DE AGENTE COMUNITÁRIO DE SAÚDE (ACS) EXISTENTES NO QUADRO DE SERVIDORES DO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4133/lei_complementar_n.o_036-2023_-_abre_vagas_para_o_emprego_de_auxiliar_administrativo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4133/lei_complementar_n.o_036-2023_-_abre_vagas_para_o_emprego_de_auxiliar_administrativo.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) ACRESCENDO VAGAS JUNTO A EMPREGO EXISTENTE, DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4205/lei_complementar_n.o_036-2023_-_abre_vagas_para_o_emprego_de_auxiliar_administrativo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4205/lei_complementar_n.o_036-2023_-_abre_vagas_para_o_emprego_de_auxiliar_administrativo.pdf</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4206/lei_complementar_n.o_037-2023_-_altera_lei_complementar_001-2015_-_acresce_vagas_de_aux_saude_bucal_dentista_e_fisioterapeuta_-_esf_babilonia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4206/lei_complementar_n.o_037-2023_-_altera_lei_complementar_001-2015_-_acresce_vagas_de_aux_saude_bucal_dentista_e_fisioterapeuta_-_esf_babilonia.pdf</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4207/lei_complementar_n.o_038-2023_-_altera_a_lei_001-2015_-_altera_a_vaga_de_emprego_de_enfermeiro_do_distrito_para_a_sede_alterado.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4207/lei_complementar_n.o_038-2023_-_altera_a_lei_001-2015_-_altera_a_vaga_de_emprego_de_enfermeiro_do_distrito_para_a_sede_alterado.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUANTATIVO DE VAGAS DO EMPREGO DE ENFERMEIRO, CONSTANTE DO ANEXO II, DA LEI COMPLEMENTAR Nº 001/2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4208/lei_complementar_n.o_039-2023_-_regulamenta_a_jornada_de_trabalho_no_regime_12_x_36.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4208/lei_complementar_n.o_039-2023_-_regulamenta_a_jornada_de_trabalho_no_regime_12_x_36.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A JORNADA DE TRABALHO NO REGIME 12X36 NO ÂMBITO DA ADMNISTRAÇÃO PÚBLICA DE DELFINÓPOLIS.</t>
   </si>
   <si>
     <t>3988</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>Portarias do Legislativo</t>
   </si>
   <si>
     <t>Alão</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3988/portaria_n.o__001.2023__-_nomeia_lidiana_requer_silva_-_diretora_geral.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3988/portaria_n.o__001.2023__-_nomeia_lidiana_requer_silva_-_diretora_geral.pdf</t>
   </si>
   <si>
     <t>Nomeia empregado Municipal, como nesta se especifica. (Lidiana Requer Silva - Diretora Geral)</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3989/portaria_n.o__002.2023__-_nomeia_alessandro_andrade_da_cruz_-_contador-comprador.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3989/portaria_n.o__002.2023__-_nomeia_alessandro_andrade_da_cruz_-_contador-comprador.pdf</t>
   </si>
   <si>
     <t>Nomeia empregado Municipal como nesta se especifica.(Alessandro Andrade da Cruz - Contador/Comprador).</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3990/portaria_n.o_003.2023_-_nomeia_jeziel_francisco_ferreira_-_procurador_geral.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3990/portaria_n.o_003.2023_-_nomeia_jeziel_francisco_ferreira_-_procurador_geral.pdf</t>
   </si>
   <si>
     <t>Nomeia empregado Municipal como nesta se especifica. (Jeziel Francisco Ferreira - Procurador Geral)</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3991/portaria_n.o_004.2023_-_institui_e_nomeia_comissao_de_licitacao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3991/portaria_n.o_004.2023_-_institui_e_nomeia_comissao_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituição e nomeação de Comissão Permanente de Licitação da Câmara Municipal de Delfinópolis-MG.</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4034/portaria_n.o_005.2023_-_designa_membros_da_comissao_de_controle_interno.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4034/portaria_n.o_005.2023_-_designa_membros_da_comissao_de_controle_interno.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre designação de membros da Comissão de Controle Interno da Câmara Municipal de Delfinópolis (MG).</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4044/portaria_no06.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4044/portaria_no06.2023.pdf</t>
   </si>
   <si>
     <t>Sebastião Aparecida Alão (Presidente da Câmara) resolve exonerar a senhora Lidiana Requer Silva, ocupante do emprego em Comissão de Diretora Geral da Câmara.</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4045/portaria_no07.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4045/portaria_no07.2023.pdf</t>
   </si>
   <si>
     <t>O Presidente da Câmara, Sebastião Aparecido Alão, resolve exonerar o senhor Alessandro Andrade da Cruz, ocupante do emprego em Comissão de Contador/Comprador da Câmara Municipal.</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4046/portaria_no08.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4046/portaria_no08.2023.pdf</t>
   </si>
   <si>
     <t>Sebastião Aparecido Alão, Presidente da Câmara, resolve nomear, a senhora Silviany Cristina Cardoso Pereira, para ocupar o emprego em Comissão de Contador/Comprador da Câmara Municipal.</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4047/portaria_no09.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4047/portaria_no09.2023.pdf</t>
   </si>
   <si>
     <t>Sebastião Aparecido Alão, Presidente da Câmara Municipal, resolve nomear o senhor Rubens Luiz Marques, para ocupar o emprego em Comissão de Diretor Geral da Câmara Municipal.</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4048/portaria_no10.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4048/portaria_no10.2023.pdf</t>
   </si>
   <si>
     <t>Sebastião Aparecido Alão, Presidente da Câmara Municipal, resolve exonerar a senhora Silviany Cristina Cardoso Pereira, ocupante do emprego em Comissão de Contador/Comprador da Câmara Municipal de Delfinópolis.</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4049/portaria_no11.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4049/portaria_no11.2023.pdf</t>
   </si>
   <si>
     <t>Sebastião Aparecido Alão, Presidente da Câmara Municipal de Delfinópolis, resolve nomear, o senhor Rhômulo Ribeiro Eulalio de Brito, para ocupar o emprego em Comissão de Contador/Comprador da Câmara Municipal.</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4050/portaria_no12.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4050/portaria_no12.2023.pdf</t>
   </si>
   <si>
     <t>Sebastião Aparecido Alão, Presidente da Câmara Municipal de Delfinópolis, resolve nomear, o senhor Leonardo do Carmo Surmano, para ocupar o emprego em Comissão de Assessor de Comunicação e Informática da Câmara Municipal.</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4435/portaria_n.o_013.2023_-_dispoe_sobre_instituicao_e_nomeacao_de_comissao_permanente_de_licitacao_da_camara_municipal_de_delfinopolis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4435/portaria_n.o_013.2023_-_dispoe_sobre_instituicao_e_nomeacao_de_comissao_permanente_de_licitacao_da_camara_municipal_de_delfinopolis.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituição e nomeação de comissão permanente de licitação da Câmara Municipal de Delfinópolis-MG.</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4436/portaria_n.o_014.2023_-_dispoe_sobre_a_designacao_de_membros_da_comissao_de_controle_interno_da_camara_municipal_de_delfinopolis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4436/portaria_n.o_014.2023_-_dispoe_sobre_a_designacao_de_membros_da_comissao_de_controle_interno_da_camara_municipal_de_delfinopolis.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre designação de membros da comissão de controle interno da Câmara Municipal de Delfinópolis-MG.</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4437/portaria_n.o_015.2023_-designa_pregoeiro_e_equipe_de_apoio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4437/portaria_n.o_015.2023_-designa_pregoeiro_e_equipe_de_apoio.pdf</t>
   </si>
   <si>
     <t>Designa servidor para atuar como pregoeiro, bem como a sua equipe de apoio, para atuarem junto às licitações na modalidade de pregão e dá outras providências.</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3992/projeto_de_lei_001_2023_-_abertua_de_credito_suplementar_no_orcamento.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3992/projeto_de_lei_001_2023_-_abertua_de_credito_suplementar_no_orcamento.pdf</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3993/projeto_de_lei_002_2023_-_institui_o_programa_familia_acolhedora.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3993/projeto_de_lei_002_2023_-_institui_o_programa_familia_acolhedora.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Família Acolhedora e dá outras providências.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4011/projeto_de_lei_003_2023_-_denomina_o_bairro_portal_da_canastra_como_bairro_sebastiao_ferreira_lopes.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4011/projeto_de_lei_003_2023_-_denomina_o_bairro_portal_da_canastra_como_bairro_sebastiao_ferreira_lopes.pdf</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
     <t>Dispõe sobre a Transferência de área rural para o perímetro urbano do Município de Delfinópolis, como nesta se especifica.</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4004/projeto_de_lei_005_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4004/projeto_de_lei_005_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4012/projeto_de_lei_006_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4012/projeto_de_lei_006_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4013/projeto_de_lei_007_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4013/projeto_de_lei_007_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4014/projeto_de_lei_008_2023_-_institui_o_plano_municipal_de_saneamento_basico.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4014/projeto_de_lei_008_2023_-_institui_o_plano_municipal_de_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4027/projeto_de_lei_009_2023_-_cessao_de_uso_de_imovel.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4027/projeto_de_lei_009_2023_-_cessao_de_uso_de_imovel.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de cessão de uso de imóvel, como nesta se especifica.</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4028/projeto_de_lei_010_2023_-_alteracao_no_ppa_ldo_e_loa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4028/projeto_de_lei_010_2023_-_alteracao_no_ppa_ldo_e_loa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do PPA, LDO e LOA para criação da ação para adequação das instalações da antiga rodoviária municipal, para centro de atendimento psicológico/saúde mental, e atendimentos de habilitação e reabilitação em fisioterapia do município de Delfinópolis/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4029/projeto_de_lei_011_2023_-_aumento_do_percentual_de_consignacao_em_folha.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4029/projeto_de_lei_011_2023_-_aumento_do_percentual_de_consignacao_em_folha.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o limite do percentual de consignação em folha de pagamento de servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4033/projeto_de_lei_012_2023_-_politica_municipal_de_sanemanto_basico.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4033/projeto_de_lei_012_2023_-_politica_municipal_de_sanemanto_basico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Saneamento Básico, seus instrumentos e dá outras providências.</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4052/projeto_de_lei_no13..pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4052/projeto_de_lei_no13..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do Auxilio Alimentação concedido aos Servidores Públicos Municipais do poder executivo e dá outras providências.</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4068/projeto_de_lei_n.o14.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4068/projeto_de_lei_n.o14.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de área rural para o perímetro urbano do município de Delfinópolis, como nesta se específica.</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4081/projeto_de_lei_n.o015-2023_2.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4081/projeto_de_lei_n.o015-2023_2.pdf</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4096/projeto_de_lei_n.o_016_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4096/projeto_de_lei_n.o_016_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DE ÁREA RURAL PARA O PERÍMETRO URBANO DO MUNICÍPIO DE DELFINÓPOLIS, COMO NESTE SE ESPECIFICA.</t>
   </si>
   <si>
     <t>4097</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4097/projeto_de_lei_017_2023_-_concede_subvencao_centro_ed.crinca_feliz.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4097/projeto_de_lei_017_2023_-_concede_subvencao_centro_ed.crinca_feliz.pdf</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4098/projeto_de_lei_018_2023_-_declara_utilidade_publica_ass.folia_santosreis_magosa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4098/projeto_de_lei_018_2023_-_declara_utilidade_publica_ass.folia_santosreis_magosa.pdf</t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4099/projeto_de_lei_019_2023_-_reajusta_valores_dos_plantoes_medicos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4099/projeto_de_lei_019_2023_-_reajusta_valores_dos_plantoes_medicos.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VALORES DOS PLANTÕES MÉDICOS E DOS PROCEDIMENTOS MÉDICOS QUE DESEMPENHAM ATENDIMENTO NO MUNICÍPIO DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4100/projeto_de_lei__n.o_020_2023_aprovado.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4100/projeto_de_lei__n.o_020_2023_aprovado.pdf</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4101/projeto_de_lei_021_2023_-_aut._majoracao_de_cred._suplementares.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4101/projeto_de_lei_021_2023_-_aut._majoracao_de_cred._suplementares.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE DELFINÓPOLIS PARA EXERCÍCIO FINANCEIRA DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4102</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4102/projeto_de_lei_022_2023_-_disciplina_partic._cislap.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4102/projeto_de_lei_022_2023_-_disciplina_partic._cislap.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A PARTICIPAÇÃO DO MUNICÍPIO DE DELFINÓPOLIS-MG NO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DOS MUNICÍPIOS DO LAGO DE PEIXOTO - CISLAP, DISPENSA A RATIFICAÇÃO DO PROTOCOLO DE INTENÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4112/projeto_de_lei_n.o_023-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4112/projeto_de_lei_n.o_023-2023.pdf</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4113/projeto_de_lei_n.o_024-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4113/projeto_de_lei_n.o_024-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RATIFICAÇÃO DO MUNICÍPIO DE DELFINÓPOLIS AO CONTRATO DE CONSÓRCIO PÚBLICO DA ASSOCIAÇÃO PÚBLICA DOS MUNICÍPIOS DA MICRORREGIÃO DO MÉDIO RIO GRANDE - AMEG, CONSOLIDADO COM O SEGUNDO TERMO ADITIVO.</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4114/projeto_de_lei_n.o_025-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4114/projeto_de_lei_n.o_025-2023.pdf</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4115/projeto_de_lei_n.o_026-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4115/projeto_de_lei_n.o_026-2023.pdf</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4116/projeto_de_lei_n.o_027-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4116/projeto_de_lei_n.o_027-2023.pdf</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4117/projeto_de_lei_n.o_028-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4117/projeto_de_lei_n.o_028-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AQ DOAÇÃO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE DELFINÓPOLIS À CÂMARA MUNICIPAL DE DELFINÓPOLIS PARA FINS DE CONSTRUÇÃO DE SEDE PRÓPRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4118/projeto_de_lei_n.o_029-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4118/projeto_de_lei_n.o_029-2023.pdf</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4119/projeto_de_lei_n.o_032-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4119/projeto_de_lei_n.o_032-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DA CARGA HORÁRIA DO SERVIDOR PÚBLICO MUNICIPAL QUE SEJA PAI OU MÃE, TUTOR, CURADOR OU RESPONSÁVEL LEGAL DE PORTADOR DE NECESSIDADE ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4120/projeto_de_lei_n.o_033-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4120/projeto_de_lei_n.o_033-2023.pdf</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4121/projeto_de_lei_n.o_034-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4121/projeto_de_lei_n.o_034-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL Nº 14.434, DE 4 DE AGOSTO DE 2022, NO EXERCÍCIO FINANCEIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4134/projeto_de_lei_n.o_035-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4134/projeto_de_lei_n.o_035-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL N.º 14.434, DE 4 DE AGOSTO DE 2022, NO EXERCÍCIO FINANCEIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4135/projeto_de_lei_n.o_036-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4135/projeto_de_lei_n.o_036-2023.pdf</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4171/projeto_de_lei_037-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4171/projeto_de_lei_037-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS AUTOMOTORES ABANDONADOS NAS VIAS PÚBLICAS DO MUNÍCIPIO DE DELFINÓPOLIS NAS CONDIÇÕES QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4144/projeto_de_lei_n.o_038-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4144/projeto_de_lei_n.o_038-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE SUBVENÇÃO SOCIAL À ENTIDADE FUNDAÇÃO GEDOR SILVEIRO NO EXERCÍCIO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4172/projeto_de_lei_039-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4172/projeto_de_lei_039-2023.pdf</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4177/projeto_de_lei_040_2023_-_diretrizes_elaboracao_da_loa_para_2024.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4177/projeto_de_lei_040_2023_-_diretrizes_elaboracao_da_loa_para_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO FINANCEIRO DE 2024. LDO 2024</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4179/projeto_de_lei_n.o_041-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4179/projeto_de_lei_n.o_041-2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECITA E FIXA A DESPESA DO MUNICÍPIO DE DELFIÓPOLIS PARA O EXERCÍCIO FINACEIRO DE 2024. LOA 2024</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4186/projeto_de_lei_n.o_042-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4186/projeto_de_lei_n.o_042-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE DELFINÓPOLIS FIRMAR CONVÊNIOS, TERMOS DE PARCERIAS, CONCEDER SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS FINACEIROS E MANTER FILIAÇÕES JUNTO AS ASSOCIAÇÕES E CONSÓRCIOS PÚBLICOS, NO EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4382/projeto_de_lei_n.o_043_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4382/projeto_de_lei_n.o_043_2023.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação ao Residencial Doutor Adauto Leite, desta cidade, que passa a denominar-se Bairro Doutor Adauto Leite Lemos.</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4157/projeto_de_lei_044_2023_-_da_nova_denominacao_bairro_sr._sebastiao_leite_1.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4157/projeto_de_lei_044_2023_-_da_nova_denominacao_bairro_sr._sebastiao_leite_1.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA DENOMINAÇÃO AO BAIRRO MORADA DO VERDE, DESTA CIDADE, QUE PASSA A DENOMINAR-SE BAIRRO SEBASTIÃO LEITE.</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4182/projeto_de_lei_n.o_045-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4182/projeto_de_lei_n.o_045-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA DE DEMISSÃO VOLUNTÁRIA PARA SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE DELFINÓPOLIS.</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4173/projeto_de_lei_046-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4173/projeto_de_lei_046-2023.pdf</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4174/projeto_de_lei_047-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4174/projeto_de_lei_047-2023.pdf</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4187/projeto_de_lei_n.o_048-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4187/projeto_de_lei_n.o_048-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE DELFINÓPOLIS PARA EXERCÍCIO FINANCEIRO DE 2023 3 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3994/projeto_de_lei_complementar_001.2023_-_altera_a_lc_n.o_001.2015_referente_ao_cargo_de_coordenador_do_cras.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3994/projeto_de_lei_complementar_001.2023_-_altera_a_lc_n.o_001.2015_referente_ao_cargo_de_coordenador_do_cras.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 001/2015 referente a escolaridade e carga horária do cargo de Coordenador Municipal do Centro de Referência da Assistência Social, e dá outras providências.</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4002/projeto_de_lei_complementar_002_2023_-_estatuto_dos_servidores_publicos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4002/projeto_de_lei_complementar_002_2023_-_estatuto_dos_servidores_publicos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Estatuto dos Servidores Públicos da Administração Direta do Município de Delfinópolis-MG.</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4066/projeto_de_lei_complementar_no03.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4066/projeto_de_lei_complementar_no03.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº001/2015 (Lei de Atribuições) modificando as vagas de agente comunitário de saúde (ACS) existentes no quadro de servidores do e dá outras providências.</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4151/projeto_de_lei_complementar_n.o004-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4151/projeto_de_lei_complementar_n.o004-2023.pdf</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4150/projeto_de_lei_complementar_n.o005-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4150/projeto_de_lei_complementar_n.o005-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR 001/2015 (LEI DE ATRIBUIÇÕES) ACRESCENDO VAGAS JUNTO A EMPREGO EXISTENTE, DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4149/projeto_de_lei_complementar_n.o_006-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4149/projeto_de_lei_complementar_n.o_006-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) CRIANDO DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO, EMPREGO COMISSIONADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4148/projeto_de_lei_complementar_n.o_007-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4148/projeto_de_lei_complementar_n.o_007-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O PROVIMENTO DO CARGO DE CONTROLADOR NA LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4147/projeto_de_lei_complementar_n.o_008-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4147/projeto_de_lei_complementar_n.o_008-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O PROVIMENTO DO CARGO DE FISCAL DE SAÚDE PÚBLICA NA LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4136/projeto_de_lei_completar_n.o_009-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4136/projeto_de_lei_completar_n.o_009-2023.pdf</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4145/projeto_de_lei_complementar_n.o_010-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4145/projeto_de_lei_complementar_n.o_010-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) CRIANDO DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO, EMPREGOS EFETIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4146/projeto_de_lei_complementar_n.o_011-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4146/projeto_de_lei_complementar_n.o_011-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA LEI COMPLEMENTAR Nº 001/2015 (LEI DE ATRIBUIÇÕES) CRIANDO DENTRO DO QUADRO DE EMPREGOS E SALÁRIOS DESTE MUNICÍPIO, EMPREGO EFETIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4175/projeto_de_lei_complementar_012-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4175/projeto_de_lei_complementar_012-2023.pdf</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4176/projeto_de_lei_complemnetar_013-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4176/projeto_de_lei_complemnetar_013-2023.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A JORNADA DE TRABALHO NO REGIME 12X36 NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DE DELFINÓPOLIS.</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
     <t>Req.</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Mauro do Táxi</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3996/requerimento_001_2023_-_mauro_a_prefeita_-_requer_relatorio_dos_veiculos_que_compoem_a_frota_municipal.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3996/requerimento_001_2023_-_mauro_a_prefeita_-_requer_relatorio_dos_veiculos_que_compoem_a_frota_municipal.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro solicitando relatório dos veículos que compõem a frota municipal.</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4016/requerimento_002_2023_-_jose_fernandes_a_prefeita_-_copia_de_documentacao_pertinente_a_gleba_de_terra.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4016/requerimento_002_2023_-_jose_fernandes_a_prefeita_-_copia_de_documentacao_pertinente_a_gleba_de_terra.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes solicitando cópia da documentação pertinente a gleba de terra.</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4017/requerimento_003_2023_-_jose_fernandes_a_prefeita_-_copia_de_notas_ficais_de_veiculos_pesados_na_travessia_por_balsa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4017/requerimento_003_2023_-_jose_fernandes_a_prefeita_-_copia_de_notas_ficais_de_veiculos_pesados_na_travessia_por_balsa.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes solicitando cópia de notas fiscais de veículos pesados na travessia por balsa.</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4018/requerimento_004_2023_-_jose_fernandes_a_prefeita_-_informacao_sobre_a_totalidade_de_lotes_advindo_de_fracionamento_de_area.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4018/requerimento_004_2023_-_jose_fernandes_a_prefeita_-_informacao_sobre_a_totalidade_de_lotes_advindo_de_fracionamento_de_area.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes solicitando informação da totalidade de lotes advindo de fracionamento de área.</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4019/requerimento_005_2023_-_jose_fernandes_a_prefeita_-_relatorio_quantitativo_da_lista_de_espera_de_exames_e_cirurgias.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4019/requerimento_005_2023_-_jose_fernandes_a_prefeita_-_relatorio_quantitativo_da_lista_de_espera_de_exames_e_cirurgias.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes solicitando relatório de quantitativo da lista de espera de exames e cirurgias do Município.</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4020/requerimento_006_2023_-_jose_fernandes_a_prefeita_-_quadro_de_servidores_medicos_e_enfermeiros_doas_esfs.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4020/requerimento_006_2023_-_jose_fernandes_a_prefeita_-_quadro_de_servidores_medicos_e_enfermeiros_doas_esfs.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes solicitando quadro de servidores médicos e enfermeiros dos ESF's._x000D_
 RETIRADO PELO AUTOR EM 29/03/2023.</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4021/requerimento_007_2023_-_jose_fernandes_a_prefeita_-_informacao_quanto_aos_materiais_adqiridos_para_reforma_da_serra_calcada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4021/requerimento_007_2023_-_jose_fernandes_a_prefeita_-_informacao_quanto_aos_materiais_adqiridos_para_reforma_da_serra_calcada.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes solicitando informação quanto aos materiais adquiridos para reforma da serra calçada.</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4022/requerimento_008_2023_-_jose_fernandes_a_prefeita_-_planilha_de_custos_para_manutencao_de_maquinas_e_demais_veiculos_pesados.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4022/requerimento_008_2023_-_jose_fernandes_a_prefeita_-_planilha_de_custos_para_manutencao_de_maquinas_e_demais_veiculos_pesados.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes solicitando planilha de custos para manutenção de máquinas e demais veículos pesados._x000D_
 RETIRADO PELO AUTOR EM 29/03/2023.</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4023/requerimento_009_2023_-_jose_fernandes_a_prefeita_-_copia_dos_processos_licitatorios_realizados_em_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4023/requerimento_009_2023_-_jose_fernandes_a_prefeita_-_copia_dos_processos_licitatorios_realizados_em_2023.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes solicitando cópia dos processos licitatórios realizados em 2023._x000D_
 RETIRADO PELO AUTOR EM 29/03/2023.</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4024/requerimento_010_2023_-_jose_fernandes_a_prefeita_-_relatorio_do_transporte_escolar_universitario.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4024/requerimento_010_2023_-_jose_fernandes_a_prefeita_-_relatorio_do_transporte_escolar_universitario.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes solicitando relatório do transporte escolar universitário.</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4035/requerimento_011_2023_-_mauro_a_prefeita_-_informacoes_sobre_a_renda_e_despesa_da_balsa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4035/requerimento_011_2023_-_mauro_a_prefeita_-_informacoes_sobre_a_renda_e_despesa_da_balsa.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro César de Assis a Prefeita no qual solicita informações sobre a renda e a despesa da balsa nos últimos seis meses.</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4053/requerimento_no12.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4053/requerimento_no12.pdf</t>
   </si>
   <si>
     <t>Requer documentações e informações sobre transporte escolar no Distrito de Babilônia.</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4054/requermento_no13.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4054/requermento_no13.pdf</t>
   </si>
   <si>
     <t>Requer a criação de Comissão Especial de Inquérito e afastamento do vereador Sebastião Aparecido Alão.</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4055/requerimento_no14.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4055/requerimento_no14.pdf</t>
   </si>
   <si>
     <t>Requer informações dobre a construção de salas de aula na Escola Maria Dias Machado no Distrito de Olhos D'água.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4056/requerimento_no15.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4056/requerimento_no15.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a pavimentação asfáltica no Loteamento Recanto Pôr do Sol.</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4057/requerimento_no16_reprovado.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4057/requerimento_no16_reprovado.pdf</t>
   </si>
   <si>
     <t>Requer que seja concedido o regime de urgência urgentíssima.</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4069/requerimento_no17_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4069/requerimento_no17_2023.pdf</t>
   </si>
   <si>
     <t>Requer relatório de lotes vagos.</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4070/requerimento_no18_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4070/requerimento_no18_2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre obra paralisada do CRAS.</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4084/requerimento_n.o_019-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4084/requerimento_n.o_019-2023.pdf</t>
   </si>
   <si>
     <t>REQUER A CRIAÇÃO DE COMISSÃO ESPECIAL DE INQUÉRITO.</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4085/requerimento_n.o020-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4085/requerimento_n.o020-2023.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDO O REGIME DE URGÊNCIA URGENTÍSSIMA.</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4086/requerimento_n.o021-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4086/requerimento_n.o021-2023.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA LINHA ESCOLAR.</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4087/requerimento_n.o_022-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4087/requerimento_n.o_022-2023.pdf</t>
   </si>
   <si>
     <t>4111</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4111/requerimento_n.o_027-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4111/requerimento_n.o_027-2023.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O CENTRO DE EDUCAÇÃO INFANTIL "CRIANÇA FELIZ".</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4137/requerimento_028-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4137/requerimento_028-2023.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A RECEITA E A DESPESA DA BALSA E INFORMAÇÕES SOBRE O FUNCIONALISMO DA EMPRESA TERCEIRIZADA RESPONSÁVEL PELA TRAVESSIA DA BALSA.</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4138/requerimento_029-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4138/requerimento_029-2023.pdf</t>
   </si>
   <si>
     <t>REQUER DOCUMENTAÇÕES E INFORMAÇÕES SOBRE TRANSPORTE ESCOLAR EM 2023.</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4139/requerimento_030-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4139/requerimento_030-2023.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA MOTONIVELADORA.</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4140/requerimento_031-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4140/requerimento_031-2023.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DAS RECEITAS E AS DEPESAS.</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4141/requerimento_032-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4141/requerimento_032-2023.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DAS PROVIDÊNCIAS DA INTERDIÇÃO NA ESTRADA RURAL DO VALE DA BABILÔNIA.</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
     <t>Mauro César de Assis</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4142/requerimento_035-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4142/requerimento_035-2023.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PLANO DE AÇÃO EMERGENCIALDA USINA DE FURNAS.</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4166/requerimento_038-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4166/requerimento_038-2023.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A PAVIMENTAÇÃO ASFÁLTICA NO LOTEAMENTO RECANTO PÔR DO SOL.</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4167/requerimento_039-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4167/requerimento_039-2023.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O RECAPEAMENTO/TAPA BURACOS NO DISTRITO DE OLHOS D'ÁGUA DA CANASTRA.</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4168/requerimento_040-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4168/requerimento_040-2023.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A ILUMINAÇÃO DA PRAÇA DO DISTRITO DE OLHOS D'ÁGUA DA CANASTRA.</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4169/requerimento_041-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4169/requerimento_041-2023.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA INTEGRAL DA LICITAÇÃO MODALIDADE PREGÃO PRESENCIAL N.º 042/2019.</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4170/requerimento_043-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4170/requerimento_043-2023.pdf</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4183/requerimento_n.o_044-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4183/requerimento_n.o_044-2023.pdf</t>
   </si>
   <si>
     <t>REQUER A RELAÇÃO DO QUE FOI COMPRADO COM OS R$ 200.000,00 QUE O DEPUTADO FEDERAL AÉCIO NEVES CONCEDEU PARA SAÚDE.</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4184/requerimento_n.o_046-2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4184/requerimento_n.o_046-2023.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE REFORMA DA QUADRA ESPORTIVA E CAMPO DE FUTEBOL DE OLHOS D'ÁGUA DA CANASTRA.</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
     <t>Res.</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4051/resolucao_no001.23.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4051/resolucao_no001.23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do Auxilio Alimentação concedido aos servidores da Câmara Municipal de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4071/resolucao_no_002_2023_criacao_de_cei.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4071/resolucao_no_002_2023_criacao_de_cei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de comissão especial de inquérito para apurar a responsabilidade a cerca de possíveis irregularidades no processo licitatório na modalidade de dispensa n.º011/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4072/resolucao_n.o003.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4072/resolucao_n.o003.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição ao veto total do projeto n.º 008/2022: "Autoriza fracionamento, desde que para fins residenciais, de lotes resultantes de 125,00 m² e frente mínima de 5,00 m."</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4073/resolucao_n.o004.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4073/resolucao_n.o004.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o limite do percentual de consignação em folha de pagamento de servidores públicos e agentes políticos da Câmara Municipal de Delfinópolis e da outras providências.</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4074/resolucao_n.o005.2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4074/resolucao_n.o005.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a devolução antecipada do duodécimo aos cofres do poder executivo municipal e da outras providências.</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4088/resolucao_n.o_006_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4088/resolucao_n.o_006_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE COMISSÃO TEMPORÁRIA PARA ESTUDO E REVISÃO DA LEI ORGÂNICA MUNICIPAL DE DELFINÓPOLIS E REGIMENTO INTERNO DA CÂMARA DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição salarial dos Servidores da Câmara Municipal de Delfinópolis.</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição dos Subsídios dos Vereadores da Câmara Municipal de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3999</t>
   </si>
@@ -2414,51 +2414,51 @@
   <si>
     <t>DISPÕE SOBRE A DEVOLUÇÃO ANTECIPADA DO DUODÉCIMO AOS COFRES DO PODER EXECUTIVO MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O LIMITE DO PERCENTUAL DE CONSIGNAÇÃO EM FOLHA DE PAGAMENTO DE SERVIDORES PÚBLICOS E AGENTES POLÍTICOS DA CÂMARA MUNICIPAL DE DELFINÓPOLIS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE COMISSÃO TEMPORÁRIA PARA ESTUDO E REVISÃO DA LEI ORGÂNICA MUNICIPAL DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposta de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4058/proposta_de_emenda_2023.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4058/proposta_de_emenda_2023.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º, caput do Projeto de Lei n.º 009/2023, que terá a seguinte redação:_x000D_
 _x000D_
 _x000D_
 “Art. 1º Fica a chefe do Executivo Municipal autorizada a celebrar com à ASSOCIAÇÃO DE ARTESÃOS E ARTISTAS DE DELFINÓPOLIS MÃOS DA CANASTRA (AAADMC), inscrita no CNPJ sob o º. 12.282.494/0001-23, Termo de Cessão de Uso, que tem como objeto a cessão de uso do espaço físico do Matadouro Municipal de Delfinópolis de forma gratuita, pelo prazo de 48 (quarenta e oito) meses, podendo ser prorrogado por igual período mediante Decreto do Poder Executivo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -2768,67 +2768,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4473/01_-_balancete_de_janeiro_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4474/02_-_balancete_de_fevereiro_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4475/03_-_balancete_de_marco_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4449/04_-_balancete_de_abril_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4450/05_-_balancete_de_maio_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4451/06_-_balancete_de_junho_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4452/07_-_balancete_de_julho_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4453/08_-_balancete_de_agosto_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4454/09_-_balancete_de_setembro_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4455/10_-_balancete_de_outubro_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4456/11_-_balancete_de_novembro_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4457/12_-_balancete_de_dezembro_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4180/proposta_de_emenda_aditiva_003-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4185/proposta_de_emenda_aditiva_n.o_004-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4181/proposta_de_emenda_modificativa_005-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4178/proposta_de_emenda_modificativa_006-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4005/indicacao_001_2023_-_jose_fernandes_a_prefeita_-_construcao_de_mata-burros_de_cimento_e_troca_dos_de_madeira_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4006/indicacao_002_2023_-_jose_fernandes_a_prefeita_-_construcao_de_estacionamento_diagonal_na_praca_dr._lafayete_soares.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4007/indicacao_003_2023_-_jose_fernandes_a_prefeita_-_instalacao_de_ponto_de_onibus_enfente_a_caixa_dagua_antiga.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4008/indicacao_004_2023_-_jose_fernandes_a_prefeita_-_encaminhe_equipe_de_estrada_para_reparar_a_regiao_da_gurita.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4009/indicacao_005_2023_-_jose_fernandes_a_prefeita_-_rever_o_salario_de_todos_os_servidores_pubcicos_e_fazer_recomposicao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4010/indicacao_006_2023_-_jose_fernandes_a_prefeita_-_rever_o_salario_dos_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4015/indicacao_007_2023_-_analdo_e_delson_-_publicacao_de_editais_de_processo_seletivo_e_ou_concurso_publico_nos_distritos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4025/indicacao_008_2023_-_delson_a_prefeita_-_limpeza_na_rua_cristiano_joaquim_lemos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4026/indicacao_009_2023_-_jose_fernandes_a_prefeita_-_providencias_em_relacao_a_empresa_lube_pack_comercial_ltda.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4037/indicacao_no10.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4038/indicacao_no11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4039/indicacao_no12.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4040/indicacao_no13.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4041/indicacao_no14.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4042/indicacao_no_015.2023_-_luciana_-_tendas_para_psf-_08.05.23.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4082/indicacao_n.o016.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4083/indicacao_n.o017.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4090/indicacao_n.o019-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4091/indicacao_n.o020-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4103/indicacao_n.o_021_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4104/indicacao_n.o_022_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4105/indicacao_n.o_023-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4106/indicacao_n.o_024-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4107/indicacao_n.o_025-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4108/indicacao_n.o_026-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4109/indicacao_n.o_027-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4110/indicacao_n.o_028-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4152/indicacao_n.o_030-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4153/indicacao_n.o_031-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4154/indicacao_n.o_032-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4155/indicacao_n.o_033-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4156/indicacao_n.o_034-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4158/indicacao_036-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4159/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4160/indicacao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4161/indicacao_039-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4162/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4163/indicacao_041-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4164/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4165/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3995/lei_municipal_n.o_2.511-2023_-_dispoe_sobre_abertura_de_credito_suplementar_orcamento_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4000/lei_municipal_n.o_2.512-2023_-_concede_subvencao_social_a_entidade_cei_geanderson_miranda_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4001/lei_municipal_n.o_2.513-2023_-_concede_subvencao_social_a_entidade_cei_rodrigo_medeiros.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4030/lei_municipal_n.o_2.514-2023_-_institui_o_programa_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4031/lei_municipal_n.o_2.515-2023_-_institui_o_plano_municipal_de_sanemaneto_basico_pmsb_de_delfinopolis-mg.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4059/lei_municipal_n.o_2.516-2023_-_da_nova_denominacao_ao_bairro_portal_da_canastra_-_sebastiao_ferreira_lopes_camara_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4060/lei_municipal_n.o_2.517-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_taf_imobiliaria_e_construtora_ltda_-_04.0070_ha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4061/lei_municipal_n.o_2.518-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_d.n.a._inc._adm._e_constr._e_imoveis_e_participacoes_ltda_-.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4062/lei_municipal_n.o_2.519-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_evani_barros_maia.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4063/lei_municipal_n.o_2.520-2021_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_d.n.a._inc._adm._e_constr._e_imoveis_e_participacoes_ltda_-.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4064/lei_municipal_n.o_2.521-2023_-_dispoe_sobre_autorizacao_de_cessao_de_uso_de_imovel_-_associacao_maos_da_canastra_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4065/lei_municipal_n.o_2.522-2023_-_dispoe_sobre_o_reajuste_do_auxilio_alimentacao_1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4075/lei_municipal_n.o_2.523-2023_-_dispoe_sobre_o_limite_do_percentual_para_emprestimo_consignado_45.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4076/lei_municipal_n.o_2.524-2023_-_dispoe_sobre_a_politica_municipal_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4077/lei_municipal_n.o_2.525-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_mco_empreendimentos_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4078/lei_municipal_n.o_2.526-2023_-_dispoe_sobre_a_concessao_de_recomposicao_salarial_324_-_01.07.2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4079/lei_municipal_n.o_2.527-2023_-_fixa_os_subsidios_dos_secretarios_municipais_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4080/lei_municipal_n.o_2.528-2023_-_autoriza_o_fracionamento_de_lotes__-_1250_m2_x_500_mts_de_frente.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4122/lei_municipal_n.o_2.529-2023_-_reajusta_os_valores_dos_plantoes_medicos_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4123/lei_municipal_n.o_2.530-2023_-_majoracao_15.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4124/lei_municipal_n.o_2.531-2023_-_cislap.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4125/lei_municipal_n.o_2.532-2023_-_credito_especial_cei_crianca_feliz.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4126/lei_municipal_n.o_2.533-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_taxi_empreendimentos_2.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4127/lei_municipal_n.o_2.534-2023_-_declara_utilidade_publica_-_associacao_folia_de_santos_reis_magos_do_oriente.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4128/lei_municipal_n.o_2.535-2023_-_disciplina_a_participacao_do_municipio_de_delfinopolis_em_consorcio_publico.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4129/lei_municipal_n.o_2.536-2023_-_dispcoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_mco_empreendimentos_imobiliarios_ltda.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4130/lei_municipal_n.o_2.537-2023_-_autoriza_o_poder_executivo_a_alienar_lotes_urbanos_rua_hugo_martins_vaz_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4131/lei_municipal_n.o_2.538-2023_-_autoriza_doacao_de_imovel_de_propriedade_do_municipio_a_camara_municipal_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4132/lei_municipal_n.o_2.539-2023_-_autoriza_o_municipio_a_desafetar_imovel_constante_do_patrimonio_publico.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4188/lei_municipal_n.o_2.540-2023_-_declara_utilidade_publica_associacao_dos_produtores_rurais_e_amigos_da_gurita_aprumig.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4189/lei_municipal_n.o_2.541-2023_-_consorcio_ameg_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4190/lei_municipal_n.o_2.542-2023_-_dispoe_sobre_a_reducao_da_carga_horaria_do_servidor_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4191/lei_municipal_n.o_2.543-2023_-_institui_o_funcionamento_da_procuradoria_geral_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4192/lei_municipal_n.o_2.544-2023_-_dispoe_sobre_a_regulamentacao_da_assistencia_financeira_complementar_repassada_pela_uniao_federal_-_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4193/lei_municipal_n.o_2.546-2023_-_credito_suplementar_cei_crianca_feliz.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4194/lei_municipal_n.o_2.547-2023_-_concede_subvencao_social_a_entidade_-_fundacao_gedor_silveira.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4195/lei_municipal_n.o_2.548-2023_-_dispoe_sobre_a_remocao_de_veiculos_automotores_abandonados_nas_vias_publicas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4196/lei_municipal_n.o_2.549-2023_-_dispoe_sobre_a_criacao_do_conselho_municipal_de_direito_do_idoso_e_do_fundo_municipal_de_direitos_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4197/lei_municipal_n.o_2.550-2023_-_autoriza_o_poder_executivo_municipal_a_conceder_abono_especial_pecuniario.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4198/lei_municipal_n.o_2.551-2023_-_autoriza_o_poder_legislativo_a_conceder_abono_especial_pecuniario_aos_servidores_publicos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4199/lei_municipal_n.o_2.552-2023_-_majoracao_65_-_15.12.2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4200/lei_municipal_n.o_2.553-2023_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_do_ex.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4201/lei_municipal_n.o_2.554-2023_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_delfinopolis_para_o_exercicio_financeiro_de_2024_-_loa.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4202/lei_municipal_n.o_2.555-2023_-_repasses_financeiros_2024_1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4032/lei_complementar_n.o_032-2023_-_altera_a_lc_001-2015_coordenador_do_cras.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4036/lei_complementar_n.o_033-2023_-_dispoe_sobre_o_estatuto_dos_servidores_publicos_do_municipio_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4067/lei_complementar_n.o_034-2023_-_modifica_as_vagas_de_agente_comunitario_de_saude_distritos_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4133/lei_complementar_n.o_036-2023_-_abre_vagas_para_o_emprego_de_auxiliar_administrativo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4205/lei_complementar_n.o_036-2023_-_abre_vagas_para_o_emprego_de_auxiliar_administrativo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4206/lei_complementar_n.o_037-2023_-_altera_lei_complementar_001-2015_-_acresce_vagas_de_aux_saude_bucal_dentista_e_fisioterapeuta_-_esf_babilonia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4207/lei_complementar_n.o_038-2023_-_altera_a_lei_001-2015_-_altera_a_vaga_de_emprego_de_enfermeiro_do_distrito_para_a_sede_alterado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4208/lei_complementar_n.o_039-2023_-_regulamenta_a_jornada_de_trabalho_no_regime_12_x_36.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3988/portaria_n.o__001.2023__-_nomeia_lidiana_requer_silva_-_diretora_geral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3989/portaria_n.o__002.2023__-_nomeia_alessandro_andrade_da_cruz_-_contador-comprador.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3990/portaria_n.o_003.2023_-_nomeia_jeziel_francisco_ferreira_-_procurador_geral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3991/portaria_n.o_004.2023_-_institui_e_nomeia_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4034/portaria_n.o_005.2023_-_designa_membros_da_comissao_de_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4044/portaria_no06.2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4045/portaria_no07.2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4046/portaria_no08.2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4047/portaria_no09.2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4048/portaria_no10.2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4049/portaria_no11.2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4050/portaria_no12.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4435/portaria_n.o_013.2023_-_dispoe_sobre_instituicao_e_nomeacao_de_comissao_permanente_de_licitacao_da_camara_municipal_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4436/portaria_n.o_014.2023_-_dispoe_sobre_a_designacao_de_membros_da_comissao_de_controle_interno_da_camara_municipal_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4437/portaria_n.o_015.2023_-designa_pregoeiro_e_equipe_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3992/projeto_de_lei_001_2023_-_abertua_de_credito_suplementar_no_orcamento.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3993/projeto_de_lei_002_2023_-_institui_o_programa_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4011/projeto_de_lei_003_2023_-_denomina_o_bairro_portal_da_canastra_como_bairro_sebastiao_ferreira_lopes.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4004/projeto_de_lei_005_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4012/projeto_de_lei_006_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4013/projeto_de_lei_007_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4014/projeto_de_lei_008_2023_-_institui_o_plano_municipal_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4027/projeto_de_lei_009_2023_-_cessao_de_uso_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4028/projeto_de_lei_010_2023_-_alteracao_no_ppa_ldo_e_loa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4029/projeto_de_lei_011_2023_-_aumento_do_percentual_de_consignacao_em_folha.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4033/projeto_de_lei_012_2023_-_politica_municipal_de_sanemanto_basico.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4052/projeto_de_lei_no13..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4068/projeto_de_lei_n.o14.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4081/projeto_de_lei_n.o015-2023_2.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4096/projeto_de_lei_n.o_016_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4097/projeto_de_lei_017_2023_-_concede_subvencao_centro_ed.crinca_feliz.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4098/projeto_de_lei_018_2023_-_declara_utilidade_publica_ass.folia_santosreis_magosa.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4099/projeto_de_lei_019_2023_-_reajusta_valores_dos_plantoes_medicos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4100/projeto_de_lei__n.o_020_2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4101/projeto_de_lei_021_2023_-_aut._majoracao_de_cred._suplementares.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4102/projeto_de_lei_022_2023_-_disciplina_partic._cislap.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4112/projeto_de_lei_n.o_023-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4113/projeto_de_lei_n.o_024-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4114/projeto_de_lei_n.o_025-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4115/projeto_de_lei_n.o_026-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4116/projeto_de_lei_n.o_027-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4117/projeto_de_lei_n.o_028-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4118/projeto_de_lei_n.o_029-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4119/projeto_de_lei_n.o_032-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4120/projeto_de_lei_n.o_033-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4121/projeto_de_lei_n.o_034-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4134/projeto_de_lei_n.o_035-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4135/projeto_de_lei_n.o_036-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4171/projeto_de_lei_037-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4144/projeto_de_lei_n.o_038-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4172/projeto_de_lei_039-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4177/projeto_de_lei_040_2023_-_diretrizes_elaboracao_da_loa_para_2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4179/projeto_de_lei_n.o_041-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4186/projeto_de_lei_n.o_042-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4382/projeto_de_lei_n.o_043_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4157/projeto_de_lei_044_2023_-_da_nova_denominacao_bairro_sr._sebastiao_leite_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4182/projeto_de_lei_n.o_045-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4173/projeto_de_lei_046-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4174/projeto_de_lei_047-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4187/projeto_de_lei_n.o_048-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3994/projeto_de_lei_complementar_001.2023_-_altera_a_lc_n.o_001.2015_referente_ao_cargo_de_coordenador_do_cras.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4002/projeto_de_lei_complementar_002_2023_-_estatuto_dos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4066/projeto_de_lei_complementar_no03.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4151/projeto_de_lei_complementar_n.o004-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4150/projeto_de_lei_complementar_n.o005-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4149/projeto_de_lei_complementar_n.o_006-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4148/projeto_de_lei_complementar_n.o_007-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4147/projeto_de_lei_complementar_n.o_008-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4136/projeto_de_lei_completar_n.o_009-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4145/projeto_de_lei_complementar_n.o_010-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4146/projeto_de_lei_complementar_n.o_011-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4175/projeto_de_lei_complementar_012-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4176/projeto_de_lei_complemnetar_013-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3996/requerimento_001_2023_-_mauro_a_prefeita_-_requer_relatorio_dos_veiculos_que_compoem_a_frota_municipal.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4016/requerimento_002_2023_-_jose_fernandes_a_prefeita_-_copia_de_documentacao_pertinente_a_gleba_de_terra.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4017/requerimento_003_2023_-_jose_fernandes_a_prefeita_-_copia_de_notas_ficais_de_veiculos_pesados_na_travessia_por_balsa.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4018/requerimento_004_2023_-_jose_fernandes_a_prefeita_-_informacao_sobre_a_totalidade_de_lotes_advindo_de_fracionamento_de_area.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4019/requerimento_005_2023_-_jose_fernandes_a_prefeita_-_relatorio_quantitativo_da_lista_de_espera_de_exames_e_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4020/requerimento_006_2023_-_jose_fernandes_a_prefeita_-_quadro_de_servidores_medicos_e_enfermeiros_doas_esfs.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4021/requerimento_007_2023_-_jose_fernandes_a_prefeita_-_informacao_quanto_aos_materiais_adqiridos_para_reforma_da_serra_calcada.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4022/requerimento_008_2023_-_jose_fernandes_a_prefeita_-_planilha_de_custos_para_manutencao_de_maquinas_e_demais_veiculos_pesados.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4023/requerimento_009_2023_-_jose_fernandes_a_prefeita_-_copia_dos_processos_licitatorios_realizados_em_2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4024/requerimento_010_2023_-_jose_fernandes_a_prefeita_-_relatorio_do_transporte_escolar_universitario.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4035/requerimento_011_2023_-_mauro_a_prefeita_-_informacoes_sobre_a_renda_e_despesa_da_balsa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4053/requerimento_no12.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4054/requermento_no13.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4055/requerimento_no14.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4056/requerimento_no15.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4057/requerimento_no16_reprovado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4069/requerimento_no17_2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4070/requerimento_no18_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4084/requerimento_n.o_019-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4085/requerimento_n.o020-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4086/requerimento_n.o021-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4087/requerimento_n.o_022-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4111/requerimento_n.o_027-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4137/requerimento_028-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4138/requerimento_029-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4139/requerimento_030-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4140/requerimento_031-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4141/requerimento_032-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4142/requerimento_035-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4166/requerimento_038-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4167/requerimento_039-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4168/requerimento_040-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4169/requerimento_041-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4170/requerimento_043-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4183/requerimento_n.o_044-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4184/requerimento_n.o_046-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4051/resolucao_no001.23.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4071/resolucao_no_002_2023_criacao_de_cei.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4072/resolucao_n.o003.2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4073/resolucao_n.o004.2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4074/resolucao_n.o005.2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4088/resolucao_n.o_006_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4058/proposta_de_emenda_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4473/01_-_balancete_de_janeiro_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4474/02_-_balancete_de_fevereiro_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4475/03_-_balancete_de_marco_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4449/04_-_balancete_de_abril_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4450/05_-_balancete_de_maio_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4451/06_-_balancete_de_junho_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4452/07_-_balancete_de_julho_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4453/08_-_balancete_de_agosto_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4454/09_-_balancete_de_setembro_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4455/10_-_balancete_de_outubro_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4456/11_-_balancete_de_novembro_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4457/12_-_balancete_de_dezembro_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4180/proposta_de_emenda_aditiva_003-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4185/proposta_de_emenda_aditiva_n.o_004-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4181/proposta_de_emenda_modificativa_005-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4178/proposta_de_emenda_modificativa_006-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4005/indicacao_001_2023_-_jose_fernandes_a_prefeita_-_construcao_de_mata-burros_de_cimento_e_troca_dos_de_madeira_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4006/indicacao_002_2023_-_jose_fernandes_a_prefeita_-_construcao_de_estacionamento_diagonal_na_praca_dr._lafayete_soares.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4007/indicacao_003_2023_-_jose_fernandes_a_prefeita_-_instalacao_de_ponto_de_onibus_enfente_a_caixa_dagua_antiga.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4008/indicacao_004_2023_-_jose_fernandes_a_prefeita_-_encaminhe_equipe_de_estrada_para_reparar_a_regiao_da_gurita.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4009/indicacao_005_2023_-_jose_fernandes_a_prefeita_-_rever_o_salario_de_todos_os_servidores_pubcicos_e_fazer_recomposicao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4010/indicacao_006_2023_-_jose_fernandes_a_prefeita_-_rever_o_salario_dos_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4015/indicacao_007_2023_-_analdo_e_delson_-_publicacao_de_editais_de_processo_seletivo_e_ou_concurso_publico_nos_distritos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4025/indicacao_008_2023_-_delson_a_prefeita_-_limpeza_na_rua_cristiano_joaquim_lemos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4026/indicacao_009_2023_-_jose_fernandes_a_prefeita_-_providencias_em_relacao_a_empresa_lube_pack_comercial_ltda.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4037/indicacao_no10.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4038/indicacao_no11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4039/indicacao_no12.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4040/indicacao_no13.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4041/indicacao_no14.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4042/indicacao_no_015.2023_-_luciana_-_tendas_para_psf-_08.05.23.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4082/indicacao_n.o016.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4083/indicacao_n.o017.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4090/indicacao_n.o019-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4091/indicacao_n.o020-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4103/indicacao_n.o_021_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4104/indicacao_n.o_022_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4105/indicacao_n.o_023-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4106/indicacao_n.o_024-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4107/indicacao_n.o_025-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4108/indicacao_n.o_026-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4109/indicacao_n.o_027-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4110/indicacao_n.o_028-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4152/indicacao_n.o_030-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4153/indicacao_n.o_031-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4154/indicacao_n.o_032-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4155/indicacao_n.o_033-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4156/indicacao_n.o_034-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4158/indicacao_036-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4159/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4160/indicacao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4161/indicacao_039-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4162/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4163/indicacao_041-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4164/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4165/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3995/lei_municipal_n.o_2.511-2023_-_dispoe_sobre_abertura_de_credito_suplementar_orcamento_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4000/lei_municipal_n.o_2.512-2023_-_concede_subvencao_social_a_entidade_cei_geanderson_miranda_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4001/lei_municipal_n.o_2.513-2023_-_concede_subvencao_social_a_entidade_cei_rodrigo_medeiros.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4030/lei_municipal_n.o_2.514-2023_-_institui_o_programa_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4031/lei_municipal_n.o_2.515-2023_-_institui_o_plano_municipal_de_sanemaneto_basico_pmsb_de_delfinopolis-mg.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4059/lei_municipal_n.o_2.516-2023_-_da_nova_denominacao_ao_bairro_portal_da_canastra_-_sebastiao_ferreira_lopes_camara_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4060/lei_municipal_n.o_2.517-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_taf_imobiliaria_e_construtora_ltda_-_04.0070_ha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4061/lei_municipal_n.o_2.518-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_d.n.a._inc._adm._e_constr._e_imoveis_e_participacoes_ltda_-.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4062/lei_municipal_n.o_2.519-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_evani_barros_maia.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4063/lei_municipal_n.o_2.520-2021_-_dispoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_d.n.a._inc._adm._e_constr._e_imoveis_e_participacoes_ltda_-.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4064/lei_municipal_n.o_2.521-2023_-_dispoe_sobre_autorizacao_de_cessao_de_uso_de_imovel_-_associacao_maos_da_canastra_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4065/lei_municipal_n.o_2.522-2023_-_dispoe_sobre_o_reajuste_do_auxilio_alimentacao_1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4075/lei_municipal_n.o_2.523-2023_-_dispoe_sobre_o_limite_do_percentual_para_emprestimo_consignado_45.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4076/lei_municipal_n.o_2.524-2023_-_dispoe_sobre_a_politica_municipal_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4077/lei_municipal_n.o_2.525-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_mco_empreendimentos_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4078/lei_municipal_n.o_2.526-2023_-_dispoe_sobre_a_concessao_de_recomposicao_salarial_324_-_01.07.2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4079/lei_municipal_n.o_2.527-2023_-_fixa_os_subsidios_dos_secretarios_municipais_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4080/lei_municipal_n.o_2.528-2023_-_autoriza_o_fracionamento_de_lotes__-_1250_m2_x_500_mts_de_frente.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4122/lei_municipal_n.o_2.529-2023_-_reajusta_os_valores_dos_plantoes_medicos_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4123/lei_municipal_n.o_2.530-2023_-_majoracao_15.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4124/lei_municipal_n.o_2.531-2023_-_cislap.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4125/lei_municipal_n.o_2.532-2023_-_credito_especial_cei_crianca_feliz.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4126/lei_municipal_n.o_2.533-2023_-_dispoe_sobre_a_transferencia_de_area_rural_para_o_perimetro_urbano_-_taxi_empreendimentos_2.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4127/lei_municipal_n.o_2.534-2023_-_declara_utilidade_publica_-_associacao_folia_de_santos_reis_magos_do_oriente.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4128/lei_municipal_n.o_2.535-2023_-_disciplina_a_participacao_do_municipio_de_delfinopolis_em_consorcio_publico.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4129/lei_municipal_n.o_2.536-2023_-_dispcoe_sobre_a_transferencia_de_area_rural_para_perimetro_urbano_-_mco_empreendimentos_imobiliarios_ltda.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4130/lei_municipal_n.o_2.537-2023_-_autoriza_o_poder_executivo_a_alienar_lotes_urbanos_rua_hugo_martins_vaz_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4131/lei_municipal_n.o_2.538-2023_-_autoriza_doacao_de_imovel_de_propriedade_do_municipio_a_camara_municipal_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4132/lei_municipal_n.o_2.539-2023_-_autoriza_o_municipio_a_desafetar_imovel_constante_do_patrimonio_publico.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4188/lei_municipal_n.o_2.540-2023_-_declara_utilidade_publica_associacao_dos_produtores_rurais_e_amigos_da_gurita_aprumig.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4189/lei_municipal_n.o_2.541-2023_-_consorcio_ameg_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4190/lei_municipal_n.o_2.542-2023_-_dispoe_sobre_a_reducao_da_carga_horaria_do_servidor_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4191/lei_municipal_n.o_2.543-2023_-_institui_o_funcionamento_da_procuradoria_geral_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4192/lei_municipal_n.o_2.544-2023_-_dispoe_sobre_a_regulamentacao_da_assistencia_financeira_complementar_repassada_pela_uniao_federal_-_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4193/lei_municipal_n.o_2.546-2023_-_credito_suplementar_cei_crianca_feliz.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4194/lei_municipal_n.o_2.547-2023_-_concede_subvencao_social_a_entidade_-_fundacao_gedor_silveira.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4195/lei_municipal_n.o_2.548-2023_-_dispoe_sobre_a_remocao_de_veiculos_automotores_abandonados_nas_vias_publicas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4196/lei_municipal_n.o_2.549-2023_-_dispoe_sobre_a_criacao_do_conselho_municipal_de_direito_do_idoso_e_do_fundo_municipal_de_direitos_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4197/lei_municipal_n.o_2.550-2023_-_autoriza_o_poder_executivo_municipal_a_conceder_abono_especial_pecuniario.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4198/lei_municipal_n.o_2.551-2023_-_autoriza_o_poder_legislativo_a_conceder_abono_especial_pecuniario_aos_servidores_publicos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4199/lei_municipal_n.o_2.552-2023_-_majoracao_65_-_15.12.2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4200/lei_municipal_n.o_2.553-2023_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_do_ex.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4201/lei_municipal_n.o_2.554-2023_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_delfinopolis_para_o_exercicio_financeiro_de_2024_-_loa.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4202/lei_municipal_n.o_2.555-2023_-_repasses_financeiros_2024_1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4032/lei_complementar_n.o_032-2023_-_altera_a_lc_001-2015_coordenador_do_cras.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4036/lei_complementar_n.o_033-2023_-_dispoe_sobre_o_estatuto_dos_servidores_publicos_do_municipio_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4067/lei_complementar_n.o_034-2023_-_modifica_as_vagas_de_agente_comunitario_de_saude_distritos_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4133/lei_complementar_n.o_036-2023_-_abre_vagas_para_o_emprego_de_auxiliar_administrativo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4205/lei_complementar_n.o_036-2023_-_abre_vagas_para_o_emprego_de_auxiliar_administrativo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4206/lei_complementar_n.o_037-2023_-_altera_lei_complementar_001-2015_-_acresce_vagas_de_aux_saude_bucal_dentista_e_fisioterapeuta_-_esf_babilonia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4207/lei_complementar_n.o_038-2023_-_altera_a_lei_001-2015_-_altera_a_vaga_de_emprego_de_enfermeiro_do_distrito_para_a_sede_alterado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4208/lei_complementar_n.o_039-2023_-_regulamenta_a_jornada_de_trabalho_no_regime_12_x_36.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3988/portaria_n.o__001.2023__-_nomeia_lidiana_requer_silva_-_diretora_geral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3989/portaria_n.o__002.2023__-_nomeia_alessandro_andrade_da_cruz_-_contador-comprador.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3990/portaria_n.o_003.2023_-_nomeia_jeziel_francisco_ferreira_-_procurador_geral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3991/portaria_n.o_004.2023_-_institui_e_nomeia_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4034/portaria_n.o_005.2023_-_designa_membros_da_comissao_de_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4044/portaria_no06.2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4045/portaria_no07.2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4046/portaria_no08.2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4047/portaria_no09.2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4048/portaria_no10.2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4049/portaria_no11.2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4050/portaria_no12.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4435/portaria_n.o_013.2023_-_dispoe_sobre_instituicao_e_nomeacao_de_comissao_permanente_de_licitacao_da_camara_municipal_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4436/portaria_n.o_014.2023_-_dispoe_sobre_a_designacao_de_membros_da_comissao_de_controle_interno_da_camara_municipal_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4437/portaria_n.o_015.2023_-designa_pregoeiro_e_equipe_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3992/projeto_de_lei_001_2023_-_abertua_de_credito_suplementar_no_orcamento.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3993/projeto_de_lei_002_2023_-_institui_o_programa_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4011/projeto_de_lei_003_2023_-_denomina_o_bairro_portal_da_canastra_como_bairro_sebastiao_ferreira_lopes.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4004/projeto_de_lei_005_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4012/projeto_de_lei_006_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4013/projeto_de_lei_007_2023_-_transferencia_de_area_rural_para_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4014/projeto_de_lei_008_2023_-_institui_o_plano_municipal_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4027/projeto_de_lei_009_2023_-_cessao_de_uso_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4028/projeto_de_lei_010_2023_-_alteracao_no_ppa_ldo_e_loa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4029/projeto_de_lei_011_2023_-_aumento_do_percentual_de_consignacao_em_folha.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4033/projeto_de_lei_012_2023_-_politica_municipal_de_sanemanto_basico.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4052/projeto_de_lei_no13..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4068/projeto_de_lei_n.o14.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4081/projeto_de_lei_n.o015-2023_2.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4096/projeto_de_lei_n.o_016_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4097/projeto_de_lei_017_2023_-_concede_subvencao_centro_ed.crinca_feliz.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4098/projeto_de_lei_018_2023_-_declara_utilidade_publica_ass.folia_santosreis_magosa.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4099/projeto_de_lei_019_2023_-_reajusta_valores_dos_plantoes_medicos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4100/projeto_de_lei__n.o_020_2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4101/projeto_de_lei_021_2023_-_aut._majoracao_de_cred._suplementares.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4102/projeto_de_lei_022_2023_-_disciplina_partic._cislap.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4112/projeto_de_lei_n.o_023-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4113/projeto_de_lei_n.o_024-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4114/projeto_de_lei_n.o_025-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4115/projeto_de_lei_n.o_026-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4116/projeto_de_lei_n.o_027-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4117/projeto_de_lei_n.o_028-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4118/projeto_de_lei_n.o_029-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4119/projeto_de_lei_n.o_032-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4120/projeto_de_lei_n.o_033-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4121/projeto_de_lei_n.o_034-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4134/projeto_de_lei_n.o_035-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4135/projeto_de_lei_n.o_036-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4171/projeto_de_lei_037-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4144/projeto_de_lei_n.o_038-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4172/projeto_de_lei_039-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4177/projeto_de_lei_040_2023_-_diretrizes_elaboracao_da_loa_para_2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4179/projeto_de_lei_n.o_041-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4186/projeto_de_lei_n.o_042-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4382/projeto_de_lei_n.o_043_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4157/projeto_de_lei_044_2023_-_da_nova_denominacao_bairro_sr._sebastiao_leite_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4182/projeto_de_lei_n.o_045-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4173/projeto_de_lei_046-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4174/projeto_de_lei_047-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4187/projeto_de_lei_n.o_048-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3994/projeto_de_lei_complementar_001.2023_-_altera_a_lc_n.o_001.2015_referente_ao_cargo_de_coordenador_do_cras.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4002/projeto_de_lei_complementar_002_2023_-_estatuto_dos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4066/projeto_de_lei_complementar_no03.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4151/projeto_de_lei_complementar_n.o004-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4150/projeto_de_lei_complementar_n.o005-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4149/projeto_de_lei_complementar_n.o_006-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4148/projeto_de_lei_complementar_n.o_007-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4147/projeto_de_lei_complementar_n.o_008-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4136/projeto_de_lei_completar_n.o_009-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4145/projeto_de_lei_complementar_n.o_010-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4146/projeto_de_lei_complementar_n.o_011-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4175/projeto_de_lei_complementar_012-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4176/projeto_de_lei_complemnetar_013-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/3996/requerimento_001_2023_-_mauro_a_prefeita_-_requer_relatorio_dos_veiculos_que_compoem_a_frota_municipal.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4016/requerimento_002_2023_-_jose_fernandes_a_prefeita_-_copia_de_documentacao_pertinente_a_gleba_de_terra.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4017/requerimento_003_2023_-_jose_fernandes_a_prefeita_-_copia_de_notas_ficais_de_veiculos_pesados_na_travessia_por_balsa.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4018/requerimento_004_2023_-_jose_fernandes_a_prefeita_-_informacao_sobre_a_totalidade_de_lotes_advindo_de_fracionamento_de_area.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4019/requerimento_005_2023_-_jose_fernandes_a_prefeita_-_relatorio_quantitativo_da_lista_de_espera_de_exames_e_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4020/requerimento_006_2023_-_jose_fernandes_a_prefeita_-_quadro_de_servidores_medicos_e_enfermeiros_doas_esfs.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4021/requerimento_007_2023_-_jose_fernandes_a_prefeita_-_informacao_quanto_aos_materiais_adqiridos_para_reforma_da_serra_calcada.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4022/requerimento_008_2023_-_jose_fernandes_a_prefeita_-_planilha_de_custos_para_manutencao_de_maquinas_e_demais_veiculos_pesados.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4023/requerimento_009_2023_-_jose_fernandes_a_prefeita_-_copia_dos_processos_licitatorios_realizados_em_2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4024/requerimento_010_2023_-_jose_fernandes_a_prefeita_-_relatorio_do_transporte_escolar_universitario.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4035/requerimento_011_2023_-_mauro_a_prefeita_-_informacoes_sobre_a_renda_e_despesa_da_balsa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4053/requerimento_no12.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4054/requermento_no13.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4055/requerimento_no14.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4056/requerimento_no15.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4057/requerimento_no16_reprovado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4069/requerimento_no17_2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4070/requerimento_no18_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4084/requerimento_n.o_019-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4085/requerimento_n.o020-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4086/requerimento_n.o021-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4087/requerimento_n.o_022-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4111/requerimento_n.o_027-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4137/requerimento_028-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4138/requerimento_029-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4139/requerimento_030-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4140/requerimento_031-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4141/requerimento_032-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4142/requerimento_035-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4166/requerimento_038-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4167/requerimento_039-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4168/requerimento_040-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4169/requerimento_041-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4170/requerimento_043-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4183/requerimento_n.o_044-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4184/requerimento_n.o_046-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4051/resolucao_no001.23.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4071/resolucao_no_002_2023_criacao_de_cei.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4072/resolucao_n.o003.2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4073/resolucao_n.o004.2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4074/resolucao_n.o005.2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4088/resolucao_n.o_006_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2023/4058/proposta_de_emenda_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H235"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="228.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="227.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>