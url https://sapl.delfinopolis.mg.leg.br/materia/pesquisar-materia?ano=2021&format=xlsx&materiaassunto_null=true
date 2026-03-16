--- v0 (2025-12-29)
+++ v1 (2026-03-16)
@@ -51,3004 +51,3004 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Bal.C</t>
   </si>
   <si>
     <t>Balancete Contábil</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3259/balancete_janeiro_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3259/balancete_janeiro_2021.pdf</t>
   </si>
   <si>
     <t>Balancete Contábil do Mês de Janeiro de 2021.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3330/2_-_balancete_fevereiro_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3330/2_-_balancete_fevereiro_2021.pdf</t>
   </si>
   <si>
     <t>Balancete Contábil do Mês de Fevereiro de 2021.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3331/3_-_balancete_marco_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3331/3_-_balancete_marco_2021.pdf</t>
   </si>
   <si>
     <t>Balancete Contábil do Mês de Março de 2021.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3335/4_-_balancete_abril_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3335/4_-_balancete_abril_2021.pdf</t>
   </si>
   <si>
     <t>Balancete Contábil do Mês de Abril de 2021.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3353/5_-_balancete_maio_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3353/5_-_balancete_maio_2021.pdf</t>
   </si>
   <si>
     <t>Balancete Contábil do Mês de Maio de 2021.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3392/balancete_junho_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3392/balancete_junho_2021.pdf</t>
   </si>
   <si>
     <t>BALANCETE CONTÁBIL E FINANCEIRO</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CCJ - Comissão de Legislação, Justiça e Redação Final.</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3688/proposta_de_emenda_ao_projeto_de_lei_complementar_002_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3688/proposta_de_emenda_ao_projeto_de_lei_complementar_002_2021.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda da Comissão de Legislação Justiça e Redação Final ao Projeto de Lei Complementar N° 002/2021 que Altera o provimento do emprego de mecânica, constante do anexo II, da Lei Complementar n° 001/2021, bem como a forma de sua investidura e dá outras providências.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
     <t>Indi.</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Luciana da Rádio</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3234/indicacao_001_2021_-_luciana_a_prefeita_-_samu.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3234/indicacao_001_2021_-_luciana_a_prefeita_-_samu.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana Aparecida Matias a Prefeita sobre Instalação de portão no prédio do SAMU.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3235/indicacao_002_2021_-_luciana_a_prefeita_-_lombada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3235/indicacao_002_2021_-_luciana_a_prefeita_-_lombada.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana Aparecida Matias a Prefeita sobre construção de lombada.</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3236/indicacao_003_2021_-_luciana_a_prefeita_-_manutencao_parquinho.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3236/indicacao_003_2021_-_luciana_a_prefeita_-_manutencao_parquinho.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana Aparecida Matias a Prefeita sobre a manutenção dos brinquedos de madeira do parquinho da Avenida Padre Ivo Soares Matos.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3237/indicacao_004_2021_-_luciana_a_prefeita_-_vacinacao_covid.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3237/indicacao_004_2021_-_luciana_a_prefeita_-_vacinacao_covid.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana Aparecida Matias a Prefeita sobre a vacinação contra o Covid-19.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>Zezinho Bexiga</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3238/indicacao_005_2021_-_jose_fernandes_a_prefeita_-_limpeza.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3238/indicacao_005_2021_-_jose_fernandes_a_prefeita_-_limpeza.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre limpeza da Praça Belo Horizonte e do Porto Praia Vermelha.</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/</t>
   </si>
   <si>
     <t>RETIRADA PELO AUTOR JOSÉ FERNANDES SALGADO EM 01/03/2021.</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3240/indicacao_007_2021_-_jose_fernandes_a_prefeita_-_mata-burro.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3240/indicacao_007_2021_-_jose_fernandes_a_prefeita_-_mata-burro.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre reparos em mata-burros.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3241/indicacao_008_2021_-_jose_fernandes_a_prefeita_-_garis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3241/indicacao_008_2021_-_jose_fernandes_a_prefeita_-_garis.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre horário das Garis.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3242/indicacao_009_2021_-_jose_fernandes_a_prefeita_-_campos_de_futebol.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3242/indicacao_009_2021_-_jose_fernandes_a_prefeita_-_campos_de_futebol.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre manutenção e organização dos campos de futebol.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3243/indicacao_010_2021_-_jose_fernandes_a_prefeita_-_alteracao_de_lei.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3243/indicacao_010_2021_-_jose_fernandes_a_prefeita_-_alteracao_de_lei.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre servidores poder permanecer nos locais durante obras na zona rural.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3244/indicacao_011_2021_-_jose_fernandes_a_prefeita_-_pontes.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3244/indicacao_011_2021_-_jose_fernandes_a_prefeita_-_pontes.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre conservação de pontes de cimento.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3245/indicacao_012_2021_-_jose_fernandes_a_prefeita_-_maquina.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3245/indicacao_012_2021_-_jose_fernandes_a_prefeita_-_maquina.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre providenciar estudo e máquina apropriada para abrir a curva do rio da Gurita do Lunga.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3246/indicacao_013_2021_-_jose_fernandes_a_prefeita_-_blocos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3246/indicacao_013_2021_-_jose_fernandes_a_prefeita_-_blocos.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre colocar blocos de cimento no morro do Garimpo.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3247/indicacao_014_2021_-_jose_fernandes_a_prefeita_-_limpeza_de_mata-burros.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3247/indicacao_014_2021_-_jose_fernandes_a_prefeita_-_limpeza_de_mata-burros.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre manutenção e limpeza dos mata-burros.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3248/indicacao_015_2021_-_jose_fernandes_a_prefeita_-_cemig.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3248/indicacao_015_2021_-_jose_fernandes_a_prefeita_-_cemig.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre a CEMIG.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3249/indicacao_016_2021_-_jose_fernandes_a_prefeita_-_encascalhamento.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3249/indicacao_016_2021_-_jose_fernandes_a_prefeita_-_encascalhamento.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre encascalhamento para recuperação do trecho do Eninho no Vão da Babilônia.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3250/indicacao_017_2021_-_jose_fernandes_a_prefeita_-_reparo_em_ponte_e_mata-burro.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3250/indicacao_017_2021_-_jose_fernandes_a_prefeita_-_reparo_em_ponte_e_mata-burro.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado a Prefeita sobre reparos em pontes e Mata-burros no Vão da Babilônia.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Jaqueline Esteticista</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3251/indicacao_018_2021_-_jaqueline_a_prefeita_-_lombada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3251/indicacao_018_2021_-_jaqueline_a_prefeita_-_lombada.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva a Prefeita sobre colocação de lombadas no bairro Portal da Canastra.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3252/indicacao_019_2021_-_jaqueline_a_prefeita_-_lombada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3252/indicacao_019_2021_-_jaqueline_a_prefeita_-_lombada.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva a Prefeita sobre colocação de Lombada no Bairro Morada do Verde.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3253/indicacao_020_2021_-_jaqueline_a_prefeita_-_reforma_cantina_e_banheiro_patio_de_baixo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3253/indicacao_020_2021_-_jaqueline_a_prefeita_-_reforma_cantina_e_banheiro_patio_de_baixo.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva a Prefeita sobre a reforma na cantina e nos banheiros do pátio de baixo.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3254/indicacao_021_2021_-_jaqueline_a_prefeita_-_ponto_de_onibus.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3254/indicacao_021_2021_-_jaqueline_a_prefeita_-_ponto_de_onibus.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva a Prefeita sobre colocação de ponto de ônibus com cobertura enfrente ao PSF Bela Vista.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Alão</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3255/indicacao_022_2021_-_sebastiao_a_prefeita_-_estacionamento_perto_do_poli.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3255/indicacao_022_2021_-_sebastiao_a_prefeita_-_estacionamento_perto_do_poli.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Sebastião Aparecido Alão a Prefeita sobre fazer um estacionamento no canteiro do Poli Esportivo.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3256/indicacao_023_2021_-_sebastiao_a_prefeita_-pintar_lombadas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3256/indicacao_023_2021_-_sebastiao_a_prefeita_-pintar_lombadas.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Sebastião Aparecido Alão a Prefeita sobre pintar as lombadas da cidade.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Fransérgio  Pimenta</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3257/indicacao_024_2021_-_fransergio_a_prefeita_-__colocacao_de_lombadas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3257/indicacao_024_2021_-_fransergio_a_prefeita_-__colocacao_de_lombadas.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Fransérgio Anselmo Pimenta a Prefeita sobre colocação de lombadas.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Todos os Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3258/indicacao_025_2021_-_todos_os_vereadores_a_presidente_-_sobra_orcamentaria_da_camara.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3258/indicacao_025_2021_-_todos_os_vereadores_a_presidente_-_sobra_orcamentaria_da_camara.pdf</t>
   </si>
   <si>
     <t>Indicação feita por Todos os Vereadores a Presidente da Câmara sobre as sobras orçamentárias.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3265/indicacao_026_2021_-_jaqueline_a_prefeita_-_vacina_covid.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3265/indicacao_026_2021_-_jaqueline_a_prefeita_-_vacina_covid.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva a prefeita sobre vacinar contra o Covid os servidores da reciclagem, coleta de lixo e da balsa.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3266/indicacao_027_2021_-_jaqueline_a_prefeita_-_reforma_do_campo_de_futebol_de_olhos_dagua.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3266/indicacao_027_2021_-_jaqueline_a_prefeita_-_reforma_do_campo_de_futebol_de_olhos_dagua.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva a prefeita sobre reforma do campo de futebol de Olhos D'água.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3267/indicacao_028_2021_-_jaqueline_a_prefeita_-_lombada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3267/indicacao_028_2021_-_jaqueline_a_prefeita_-_lombada.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva a prefeita sobre colocação de lombadas.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3268/indicacao_029_2021_-_jaqueline_a_prefeita_-_atendimento_de_fisioterapeuta_e_psicologo_nos_distritos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3268/indicacao_029_2021_-_jaqueline_a_prefeita_-_atendimento_de_fisioterapeuta_e_psicologo_nos_distritos.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva a prefeita sobre designar fisioterapeuta e psicólogo para atender nos Distritos.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Delson Machado</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3269/indicacao_030_2021_-_delson_a_prefeita_-_reforma_campo_de_futebol_e_quadra_olhos_dagua.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3269/indicacao_030_2021_-_delson_a_prefeita_-_reforma_campo_de_futebol_e_quadra_olhos_dagua.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a prefeita sobre reforma total do campo de futebol e da quadra de esporte de Olhos D'água.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3270/indicacao_031_2021_-_jaqueline_a_prefeita_-_atendimento_odontologico_nos_distritos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3270/indicacao_031_2021_-_jaqueline_a_prefeita_-_atendimento_odontologico_nos_distritos.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva a prefeita sobre designar dentista para atender nos Distritos todos os dias.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3271/indicacao_032_2021_-_jaqueline_a_prefeita_-_correio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3271/indicacao_032_2021_-_jaqueline_a_prefeita_-_correio.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva a prefeita sobre serviço do Correio.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3272/indicacao_033_2021_-_jaqueline_a_prefeita_-_coleta_de_lixo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3272/indicacao_033_2021_-_jaqueline_a_prefeita_-_coleta_de_lixo.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva a prefeita sobre coleta de lixo.</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3273/indicacao_034_2021_-_delson_a_prefeita_-_iluminacao_praca_olhos_dagua.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3273/indicacao_034_2021_-_delson_a_prefeita_-_iluminacao_praca_olhos_dagua.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a prefeita sobre iluminação da praça de Olhos D'água.</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3274/indicacao_035_2021_-_delson_a_prefeita_-_dentistas_exclusivos_para_os_distritos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3274/indicacao_035_2021_-_delson_a_prefeita_-_dentistas_exclusivos_para_os_distritos.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a prefeita sobre providenciar Dentista exclusivo para os Distritos.</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3275/indicacao_036_2021_-_delson_a_prefeita_-_recapeamento_das_ruas_dos_distritos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3275/indicacao_036_2021_-_delson_a_prefeita_-_recapeamento_das_ruas_dos_distritos.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a prefeita sobre recapeamento das ruas dos Distritos.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3282/indicacao_037_2021_-_jose_fernandes_a_prefeita_-_cacamba.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3282/indicacao_037_2021_-_jose_fernandes_a_prefeita_-_cacamba.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes Salgado á Prefeita sobre colocação de caçamba.</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3276/indicacao_038_2021_-_delson_a_prefeita_-alambrado_do_velorio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3276/indicacao_038_2021_-_delson_a_prefeita_-alambrado_do_velorio.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a prefeita sobre alambrado do velório de Olhos D'água.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2018/3277/indicacao_039_2021_-_delson_a_prefeita_-_lombada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2018/3277/indicacao_039_2021_-_delson_a_prefeita_-_lombada.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a prefeita sobre lombadas.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3278/indicacao_040_2021_-_delson_a_prefeita_-_reforma_psf_n._senhora_doa_remedios.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3278/indicacao_040_2021_-_delson_a_prefeita_-_reforma_psf_n._senhora_doa_remedios.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a prefeita sobre reforma do PSF de Olhos D'água.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3279/indicacao_041_2021_-_delson_a_prefeita_-_transito_pesado_olhos_dagua.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3279/indicacao_041_2021_-_delson_a_prefeita_-_transito_pesado_olhos_dagua.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a prefeita sobre uma solução para trânsito pesado em Olhos D'água.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3281/indicacao_042_2021_-_delson_a_prefeita_-_reforma_total_da_escola_de_olhos_dagua_e_construcao_de_mais_4_salas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3281/indicacao_042_2021_-_delson_a_prefeita_-_reforma_total_da_escola_de_olhos_dagua_e_construcao_de_mais_4_salas.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado á Prefeita sobre a recomposição do piso salarial dos professores.</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3280/indicacao_043_2021_-_delson_a_prefeita_-_recomposicao_do_piso_salarial_dos_professores.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3280/indicacao_043_2021_-_delson_a_prefeita_-_recomposicao_do_piso_salarial_dos_professores.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a prefeita sobre recomposição do piso salarial dos Professores.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3288/indicacao_044_2021_-_luciana_a_prefeita_-_lombadas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3288/indicacao_044_2021_-_luciana_a_prefeita_-_lombadas.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana Aparecida Matias a Prefeita sobre lombadas na Av. Antenor Pereira de Moraes.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3289/indicacao_045_2021_-_luciana_a_prefeita_-_faixa_de_pedestres.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3289/indicacao_045_2021_-_luciana_a_prefeita_-_faixa_de_pedestres.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana Aparecida Matias a Prefeita sobre faixa de Pedestres nas ruas do Bairro São Gregório..</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3290/indicacao_046_2021_-_luciana_a_prefeita_-_reforma_do_predio_do_samu.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3290/indicacao_046_2021_-_luciana_a_prefeita_-_reforma_do_predio_do_samu.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana Aparecida Matias a Prefeita sobre reforma do Prédio do Samu.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3319/indicacao_047_2021_-_delson_a_prefeita_-_reparos_nas_ruas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3319/indicacao_047_2021_-_delson_a_prefeita_-_reparos_nas_ruas.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a Prefeita sobre providenciar recapeamento de ruas.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3320/indicacao_048_2021_-_delson_a_prefeita_-_iluminacao_no_recanto_por_do_sol.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3320/indicacao_048_2021_-_delson_a_prefeita_-_iluminacao_no_recanto_por_do_sol.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a Prefeita sobre providenciar iluminação no Bairro Recanto Pôr do Sol.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3321/indicacao_049_2021_-_delson_a_prefeita_-_aparelhos_de_transmissao_de_tv.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3321/indicacao_049_2021_-_delson_a_prefeita_-_aparelhos_de_transmissao_de_tv.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado a Prefeita sobre providenciar aparelhos de transmissão de TV.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Sebastião Aparecido Alão a Prefeita sobre faixa de pedestres.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Ana Trindade</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3323/indicacao_051_2021_-_ana_maria_a_prefeita_-_prolongar_a_avenida_antenor_pereira.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3323/indicacao_051_2021_-_ana_maria_a_prefeita_-_prolongar_a_avenida_antenor_pereira.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Ana Maria Silva da Trindade a Prefeita sobre prolongar a Av. Antenor Pereira.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Mauro do Táxi</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3324/indicacao_052_2021_-_ana_maria_a_prefeita_-_sinalizacao_de_transito.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3324/indicacao_052_2021_-_ana_maria_a_prefeita_-_sinalizacao_de_transito.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Mauro César de Assis a Prefeita sobre sinalização de trânsito.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3325/indicacao_053_2021_-_mauro_cesar_a_prefeita_-_rua_das_flores.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3325/indicacao_053_2021_-_mauro_cesar_a_prefeita_-_rua_das_flores.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Mauro César de Assis a Prefeita sobre regar a rua das Flores.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3329/indicacao_054_2021_-_delson_a_prefeita_-_sinalizacao_de_transito.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3329/indicacao_054_2021_-_delson_a_prefeita_-_sinalizacao_de_transito.pdf</t>
   </si>
   <si>
     <t>Indicação do Vereador Delson Pereira Machado a Prefeita sobre providenciar reforma e colocação de sinalização de trânsito no Distrito de Olhos D´água.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3326/indicacao_055_2021_-_ana_maria_a_prefeita_-_codigo_tributario.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3326/indicacao_055_2021_-_ana_maria_a_prefeita_-_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Ana Maria Silva da Trindade a Prefeita sobre reforma do Código Tributário.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3327/indicacao_056_2021_-_ana_maria_a_prefeita_-_auxilio_emergencial_abrangente_as_empresas_do_comercio_e_servicos..pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3327/indicacao_056_2021_-_ana_maria_a_prefeita_-_auxilio_emergencial_abrangente_as_empresas_do_comercio_e_servicos..pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Ana Maria Silva da Trindade a Prefeita sobre a possibilidade de se criar auxílio emergencial municipal abrangente as empresas do comércio e serviços.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3328/indicacao_057_2021_-_sebastiao_a_prefeita_-_pista_de_caminhada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3328/indicacao_057_2021_-_sebastiao_a_prefeita_-_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Sebastião Aparecido Alão a Prefeita sobre fazer uma pista de caminhada na rua Antônio Lopes Filho e na Av. Antenor Pereira de Morais.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3344/indicacao_058_2021_-_sebastiao_a_prefeita_-_iluminacao_para_o_bairro_por_do_sol_de_olhos_dagua.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3344/indicacao_058_2021_-_sebastiao_a_prefeita_-_iluminacao_para_o_bairro_por_do_sol_de_olhos_dagua.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Sebastião Aparecido Alão á Prefeita - ILUMINAÇÃO DO BAIRRO RECANTO PÔR DO SOL DE OLHOS D'ÁGUA</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3345/indicacao_059_2021_-_jaqueline_a_prefeita_-_molhar_as_ruas_do_bairro_wilson_cesario.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3345/indicacao_059_2021_-_jaqueline_a_prefeita_-_molhar_as_ruas_do_bairro_wilson_cesario.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida da Silva á Prefeita - REGAR AS RUAS DO BAIRRO WILSON CESÁRIO 3 VEZES NA SEMANA</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3346/indicacao_060_2021_-_vereadores_a_presidente_-_retorno_dos_quadros_da_inauguracao_da_camara.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3346/indicacao_060_2021_-_vereadores_a_presidente_-_retorno_dos_quadros_da_inauguracao_da_camara.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelos Vereadores Analdo, Delson, Mauro, Jaqueline, Fransergio, Sebastião e José Fernandes á Presidente - VOLTA DOS QUADROS DO PLENÁRIO DO DIA DA INAUGURAÇÃO DA CÂMARA</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3347/indicacao_061_2021_-_luciana_a_prefeita_-_mudanca_no_sentido_de_circulacao_da_rua_tenente_jose_soares.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3347/indicacao_061_2021_-_luciana_a_prefeita_-_mudanca_no_sentido_de_circulacao_da_rua_tenente_jose_soares.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana Aparecida Matias a Prefeita - SENTIDO UNICO DE CIRCULAÇÃO E ESTACIONAR EM APENAS UM LADO DA VIA</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3348/indicacao_062_2021_-_luciana_a_prefeita_-_lombada_na_rua_jose_abrahao_pedro.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3348/indicacao_062_2021_-_luciana_a_prefeita_-_lombada_na_rua_jose_abrahao_pedro.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana Aparecida Matias a Prefeita - CONSTRUÇÃO DE LOMBADA NA RUA JOSE ABRAHÃO PEDRO</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida Silva a Prefeita - RETIRADA PELA AUTORA EM 31/05/2021.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3350/indicacao_064_2021_-_jaqueline_a_prefeita_-_reestabelecimento_do_auxilio_alimentacao_na_pandemia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3350/indicacao_064_2021_-_jaqueline_a_prefeita_-_reestabelecimento_do_auxilio_alimentacao_na_pandemia.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline Aparecida Silva a Prefeita - REESTABELECIMENTO DO AUXILIO ALIMENTAÇÃO DURANTE A PANDEMIA.</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3373/indicacao_065_2021_-_jose_fernandes_a_prefeita_-_limpeza_das_avenidas_e_calcadas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3373/indicacao_065_2021_-_jose_fernandes_a_prefeita_-_limpeza_das_avenidas_e_calcadas.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes a Prefeita - Limpeza das avenidas e calçadas.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3374/indicacao_066_2021_-_jose_fernandes_a_prefeita_-_limpeza_do_acostamento_da_reciclagem_ate_o_porto_e_construcao_de_ciclovia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3374/indicacao_066_2021_-_jose_fernandes_a_prefeita_-_limpeza_do_acostamento_da_reciclagem_ate_o_porto_e_construcao_de_ciclovia.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes a Prefeita - Limpeza do acostamento da reciclagem até o porto e construção de ciclovia.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3375/indicacao_067_2021_-_jose_fernandes_a_prefeita_-_limpeza_no_entorno_da_caixa_dagua_do_bairro_morada_do_verde.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3375/indicacao_067_2021_-_jose_fernandes_a_prefeita_-_limpeza_no_entorno_da_caixa_dagua_do_bairro_morada_do_verde.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes a Prefeita - Limpeza no entorno da caixa d'água do Bairro Morada do Verde.</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3376/indicacao_068_2021_-_jose_fernandes_a_prefeita_-_alargamento_das_estradas_da_gurita_do_itajui.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3376/indicacao_068_2021_-_jose_fernandes_a_prefeita_-_alargamento_das_estradas_da_gurita_do_itajui.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador  José Fernandes a Prefeita - Alargamento das estradas da Gurita do Itajuí.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3377/indicacao_069_2021_-_jose_fernandes_a_prefeita_-_recomposicao_de_alevinos_no_rio_santo_antonio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3377/indicacao_069_2021_-_jose_fernandes_a_prefeita_-_recomposicao_de_alevinos_no_rio_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador  José Fernandes a Prefeita - Recomposição de Alevinos no Rio Santo Antônio.</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3378/indicacao_070_2021_-_jose_fernandes_a_prefeita_-_calcamento_de_blocos_e_alargamento_da_curva_fechada_do_rio_santo_antonio_da_gurita_do_itajui.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3378/indicacao_070_2021_-_jose_fernandes_a_prefeita_-_calcamento_de_blocos_e_alargamento_da_curva_fechada_do_rio_santo_antonio_da_gurita_do_itajui.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes a Prefeita - Calçamento de blocos e alargamento da curva fechada do Rio Santo Antônio da Gurita do Itajuí.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3379/indicacao_071_2021_-_jose_fernandes_a_prefeita_-_ampliacao_da_rede_de_energia_na_bela_mansao_e_calcamento_de_blocos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3379/indicacao_071_2021_-_jose_fernandes_a_prefeita_-_ampliacao_da_rede_de_energia_na_bela_mansao_e_calcamento_de_blocos.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador  José Fernandes a Prefeita - Ampliação da rede de energia na Bela Mansão e calçamento de blocos.</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3380/indicacao_072_2021_-_luciana_a_prefeita_-_revisacao_na_iluminacao_no_bairro_pq._morada_da_serra.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3380/indicacao_072_2021_-_luciana_a_prefeita_-_revisacao_na_iluminacao_no_bairro_pq._morada_da_serra.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana a Prefeita - Revisão na Iluminação no Bairro Pq. Morada da Serra.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3381/indicacao_073_2021_-_jaqueline_a_prefeita_-_reajuste_salarial_de_toda_a_linha_de_frente_do_hospital.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3381/indicacao_073_2021_-_jaqueline_a_prefeita_-_reajuste_salarial_de_toda_a_linha_de_frente_do_hospital.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereador Jaqueline a Prefeita - Reajuste salarial de toda a linha de frente do hospital.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3382/indicacao_074_2021_-_jose_fernandes_a_prefeita_-_indicacoes_de_onde_utilizar_um_recurso_do_dep._antonio_carlos_arantes.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3382/indicacao_074_2021_-_jose_fernandes_a_prefeita_-_indicacoes_de_onde_utilizar_um_recurso_do_dep._antonio_carlos_arantes.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes a Prefeita - Indicações de onde utilizar um recurso do Dep. Antonio Carlos Arantes.</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3383/indicacao_075_2021_-_jose_fernandes_a_prefeita_-_possibilidade_de_aumentar_o_salario_de_todos_os_funcionarios_publicos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3383/indicacao_075_2021_-_jose_fernandes_a_prefeita_-_possibilidade_de_aumentar_o_salario_de_todos_os_funcionarios_publicos.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes a Prefeita - Possibilidade de aumentar o salário de todos os funcionários públicos.</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3384/indicacao_076_2021_-_jose_fernandes_a_prefeita_-_seja_arrumada_o_trecho_da_estrada_de_peixoto.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3384/indicacao_076_2021_-_jose_fernandes_a_prefeita_-_seja_arrumada_o_trecho_da_estrada_de_peixoto.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador  José Fernandes a Prefeita - Seja arrumada o trecho da estrada de Peixoto.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3385/indicacao_077_2021_-_jose_fernandes_a_prefeita_-_seja_arrumada_a_estrada_da_bateinha_e_do_morro_do_limao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3385/indicacao_077_2021_-_jose_fernandes_a_prefeita_-_seja_arrumada_a_estrada_da_bateinha_e_do_morro_do_limao.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes a Prefeita - Seja arrumada a estrada da Bateinha e do Morro do Limão.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3386/indicacao_078_2021_-_jose_fernandes_a_prefeita_-_seja_dada_manutencao_na_estrada_da_mata_do_amazilio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3386/indicacao_078_2021_-_jose_fernandes_a_prefeita_-_seja_dada_manutencao_na_estrada_da_mata_do_amazilio.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes a Prefeita - Seja dada manutenção na estrada da Mata do Amazílio.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3689/indicacao_079_2021_-_delson_a_prefeita_-_iluminacao_da_praca_n_s_dos_remedios.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3689/indicacao_079_2021_-_delson_a_prefeita_-_iluminacao_da_praca_n_s_dos_remedios.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado á Prefeita na qual solicita iluminação da Praça N S dos Remédios.</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3690/indicacao_080_2021_-_delson_a_prefeita_-_providencie_aparelhos_de_transmissao_de_tv.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3690/indicacao_080_2021_-_delson_a_prefeita_-_providencie_aparelhos_de_transmissao_de_tv.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado á Prefeita na qual solicita que providencie aparelhos de transmissão de TV para Olhas D'água.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3691/indicacao_081_2021_-_fransergio_a_prefeita_-_colocado_estacionamento_de_mao_unica_na_rua_joao_soares.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3691/indicacao_081_2021_-_fransergio_a_prefeita_-_colocado_estacionamento_de_mao_unica_na_rua_joao_soares.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Fransérgio Anselmo Pimenta á Prefeita na qual solicita que seja colocado estacionamento de mão única na rua João Soares.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3692/indicacao_082_2021_-_fransergio_a_prefeita_-_proibir_estacionar_no_entroncamento_da_rua_pedro_jose_venancio_de_andrade_com_a_praca_dr._lafaiete_soares.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3692/indicacao_082_2021_-_fransergio_a_prefeita_-_proibir_estacionar_no_entroncamento_da_rua_pedro_jose_venancio_de_andrade_com_a_praca_dr._lafaiete_soares.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Fransérgio Anselmo Pimenta á Prefeita na qual solicita proibir estacionar no entroncamento da rua Pedro José Venâncio de Andrade com a Praça Dr. Lafaiete Soares.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3693/indicacao_083_2021_-_sebastiao_a_prefeita_-_lombada_na_estrada_principal_sentido_fazenda_do_dr._fernando_proximo_do_loteamento_recanto_das_garcas_e_placas_indicativas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3693/indicacao_083_2021_-_sebastiao_a_prefeita_-_lombada_na_estrada_principal_sentido_fazenda_do_dr._fernando_proximo_do_loteamento_recanto_das_garcas_e_placas_indicativas.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Sebastião Aparecido Alão á Prefeita na qual solicita a colocação de lombada na estrada principal, sentido fazenda do Dr. Fernando, próximo do Loteamento Recanto das Garças e três placas indicativas.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3701/indicacao_084_2021_-_delson_a_prefeita_-_solicita_cacamba_para_colocar_lixo_na_entrada_de_olhos_dagua.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3701/indicacao_084_2021_-_delson_a_prefeita_-_solicita_cacamba_para_colocar_lixo_na_entrada_de_olhos_dagua.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Delson Pereira Machado á Prefeita na qual solicita que seja colocado uma caçamba na entrada do Distrito de Olhos D'Água para colocar lixo.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3702/indicacao_085_2021_-_ana_a_prefeita_-_solicita_que_seja_elaborado_pl_de_regulamento_da_atividade_off-road_no_municipio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3702/indicacao_085_2021_-_ana_a_prefeita_-_solicita_que_seja_elaborado_pl_de_regulamento_da_atividade_off-road_no_municipio.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Ana Maria Silva da Trindade a Prefeita na qual solicita que seja elaborado Projeto de Lei regulamentando a atividade off road no Município de Delfinópolis.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3703/indicacao_086_2021_-_ana_a_prefeita_-_solicita_que_seja_elaborado_pl_referente_a_apolicacao_de_penalidades_sobre_abandono_de_animais.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3703/indicacao_086_2021_-_ana_a_prefeita_-_solicita_que_seja_elaborado_pl_referente_a_apolicacao_de_penalidades_sobre_abandono_de_animais.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Ana Maria Silva da Trindade a Prefeita na qual solicita que seja elaborado Projeto de Lei referente a aplicação de penalidade para pessoas que abandonar ou omitir cuidados em relação aos animais em nosso Município.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana á Prefeita - Construção de uma pista de skate em Delfinópolis.</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3711/indicacao_088_2021_-_luciana_a_prefeita_-_lombadas_enfrente_ao_restaurante_do_mamao_e_deposito_constrular.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3711/indicacao_088_2021_-_luciana_a_prefeita_-_lombadas_enfrente_ao_restaurante_do_mamao_e_deposito_constrular.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana á Prefeita - Lombadas enfrente ao Restaurante do Mamão e depósito Constrular</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3712/indicacao_089_2021_-_jaqueline_a_prefeita_-_solicita_que_seja_molhado_com_caminhao_pipa_os_logradouros_que_nao_tem_asfalto.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3712/indicacao_089_2021_-_jaqueline_a_prefeita_-_solicita_que_seja_molhado_com_caminhao_pipa_os_logradouros_que_nao_tem_asfalto.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline á Prefeita - Solicita que seja molhado com caminhão Pipa os logradouros que não tem asfalto</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3713/indicacao_090_2021_-_jaqueline_a_prefeita_-_solicita_manutencao_no_calcamento_de_bloquete_no_bairro_nossa_senhora_aparecisda_e_tambem_proximo_ao_deposito_lm.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3713/indicacao_090_2021_-_jaqueline_a_prefeita_-_solicita_manutencao_no_calcamento_de_bloquete_no_bairro_nossa_senhora_aparecisda_e_tambem_proximo_ao_deposito_lm.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline á Prefeita - Solicita manutenção no calçamento de bloquete no Bairro Nossa Senhora Aparecisda e também próximo ao Depósito LM.</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3714/indicacao_091_2021_-_jaqueline_a_prefeita_-_trasnporte_escolar_para_os_estudantes_dos_bairros_mais_afastados.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3714/indicacao_091_2021_-_jaqueline_a_prefeita_-_trasnporte_escolar_para_os_estudantes_dos_bairros_mais_afastados.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline á Prefeita - Transporte escolar para os estudantes dos Bairros mais afastados</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3715/indicacao_092_2021_-_jaqueline_a_prefeita_-_que_seja_molhado_com_caminhao_pipa_o_bairro_recanto_por_do_sol_em_olhos_dagua.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3715/indicacao_092_2021_-_jaqueline_a_prefeita_-_que_seja_molhado_com_caminhao_pipa_o_bairro_recanto_por_do_sol_em_olhos_dagua.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline á Prefeita - Que seja molhado com caminhão pipa o Bairro Recanto Pôr do Sol em Olhos D'Água</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3716/indicacao_093_2021_-_jaqueline_a_prefeita_-_que_seja_dada_mantencao_de_limpeza_na_quadra_da_escola_de_olhos_dagua.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3716/indicacao_093_2021_-_jaqueline_a_prefeita_-_que_seja_dada_mantencao_de_limpeza_na_quadra_da_escola_de_olhos_dagua.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline á Prefeita - Que seja dada manutenção de limpeza na quadra da escola de Olhos D'Água</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3717/indicacao_094_2021_-_jaqueline_a_prefeita_-_que_seja_instalado_iluminacao_no_parquinho_da_avenida_padre_ivo_soares_de_matos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3717/indicacao_094_2021_-_jaqueline_a_prefeita_-_que_seja_instalado_iluminacao_no_parquinho_da_avenida_padre_ivo_soares_de_matos.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline á Prefeita - Que seja instalado iluminação no Parquinho da Avenida Padre Ivo Soares de Matos</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3718/indicacao_095_2021_-_luciana_a_prefeita_-_seja_disponibilizado_uniformes_adequados_aos_coletores_da_usina_de_reciclagem_e_garis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3718/indicacao_095_2021_-_luciana_a_prefeita_-_seja_disponibilizado_uniformes_adequados_aos_coletores_da_usina_de_reciclagem_e_garis.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana á Prefeita - Seja disponibilizado uniformes adequados aos coletores da usina de reciclagem e garis</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3733/indicacao_096_2021_-_mauro_cesar_a_prefeita_-_manutencao_na_lombada_da_avenida_de_frente_a_casa_da_silma_dentista.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3733/indicacao_096_2021_-_mauro_cesar_a_prefeita_-_manutencao_na_lombada_da_avenida_de_frente_a_casa_da_silma_dentista.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Mauro César á Prefeita - Manutenção na lombada da Avenida de frente a casa da Silma Dentista</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3734/indicacao_097_2021_-_jaqueline_a_prefeita_-_solicita_manutencao_no_calcamento_de_bloquete_da_praca_central.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3734/indicacao_097_2021_-_jaqueline_a_prefeita_-_solicita_manutencao_no_calcamento_de_bloquete_da_praca_central.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline á Prefeita - Solicita manutenção no calçamento de bloquete da Praça Central</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3735/indicacao_098_2021_-_jaqueline_a_prefeita_-_solicita_cacamba_para_bela_mansao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3735/indicacao_098_2021_-_jaqueline_a_prefeita_-_solicita_cacamba_para_bela_mansao.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Jaqueline á Prefeita - Solicita caçamba para Bela Mansão</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Analdo Arantes</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3736/indicacao_099_2021_-_analdo_a_prefeita_-_solicita_aumento_do_vale_alimentacao_para_25000_reais_para_o_ano_de_2022.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3736/indicacao_099_2021_-_analdo_a_prefeita_-_solicita_aumento_do_vale_alimentacao_para_25000_reais_para_o_ano_de_2022.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Analdo à Prefeita - Solicita aumento do vale alimentação para 250,00 reais para o ano de 2022</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3756/indicacao_100_2021_-_luciana_a_prefeita_-_sugere_que_seja_revisto_contrato_do_tecnico_responsavel_pela_manutencao_dos_aparelhos_da_saude.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3756/indicacao_100_2021_-_luciana_a_prefeita_-_sugere_que_seja_revisto_contrato_do_tecnico_responsavel_pela_manutencao_dos_aparelhos_da_saude.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana á Prefeita na qual sugere que seja revisto contrato do técnico responsável pela manutenção dos aparelhos da saúde.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3757/indicacao_101_2021_-_luciana_a_prefeita_-_veja_a_possibilidade_de_refazer_o_organograma_do_funcionalismo_publico_do_executivo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3757/indicacao_101_2021_-_luciana_a_prefeita_-_veja_a_possibilidade_de_refazer_o_organograma_do_funcionalismo_publico_do_executivo.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Luciana á Prefeita na qual sugere que ela veja a possibilidade de refazer o organograma do Funcionalismo Público do Executivo.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3758/indicacao_102_2021_-_jose_fernandes_a_prefeita_-_providencie_reparo_na_ponte_de_madeira_que_foi_reformada_recentemente_na_regiao_do_garimpo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3758/indicacao_102_2021_-_jose_fernandes_a_prefeita_-_providencie_reparo_na_ponte_de_madeira_que_foi_reformada_recentemente_na_regiao_do_garimpo.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes á Prefeita na qual sugere que providencie reparo na ponte de madeira que foi reformada recentemente na região do Garimpo.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3759/indicacao_103_2021_-_jose_fernandes_a_prefeita_-_providencie_dois_caminhoes_de_cascalho_para_jogar_na_ponte_chegando_na_propriedade_do_sr._tiao_do_lunga.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3759/indicacao_103_2021_-_jose_fernandes_a_prefeita_-_providencie_dois_caminhoes_de_cascalho_para_jogar_na_ponte_chegando_na_propriedade_do_sr._tiao_do_lunga.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes á Prefeita na qual sugere que providencie dois caminhões de cascalho para jogar na ponte chegando na propriedade do Sr. Tião do Lunga.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>Leis</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
     <t>Suely Alves Ferreira Leite Lemos</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3361/lei_municipal_n.o_2.455-2021_-_institui_o_programa_de_regularizacao_fundiaria_no_municipio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3361/lei_municipal_n.o_2.455-2021_-_institui_o_programa_de_regularizacao_fundiaria_no_municipio.pdf</t>
   </si>
   <si>
     <t>Institui o programa de regularização fundiária no município de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3226/lei_municipal_n.o_2.456-2021-_recomposicao_salarial_-_625_-_ipca.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3226/lei_municipal_n.o_2.456-2021-_recomposicao_salarial_-_625_-_ipca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de recomposição salarial aos empregados municipais e dá outras providências.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3301/lei_municipal_n.o_2.457-2021_-_institui_o_programa_de_recuperacao_fiscal_da_divida_ativa-_prorefis_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3301/lei_municipal_n.o_2.457-2021_-_institui_o_programa_de_recuperacao_fiscal_da_divida_ativa-_prorefis_2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal do Município de Delfinópolis inscritos em dívida ativa - PROREFIS - e dá outras providências.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3302/lei_municipal_n.o_2.458-2021_-_dispoe_sobre_ddoacao_de_terreno_-_creche_distrito_de_babilonia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3302/lei_municipal_n.o_2.458-2021_-_dispoe_sobre_ddoacao_de_terreno_-_creche_distrito_de_babilonia.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Delfinópolis/MG a doação de Terreno onde se encontra construído a sede do Centro de Educação Infantil Geanderson Miranda Reinaldo e dá outras providências.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3303/lei_municipal_n.o_2.459-2021_-_dispoe_sobre_a_cessao_de_bens_publicos_-_associacao_maos_da_canastra.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3303/lei_municipal_n.o_2.459-2021_-_dispoe_sobre_a_cessao_de_bens_publicos_-_associacao_maos_da_canastra.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de bens públicos e dá outras providências.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3304/lei_municipal_n.o_2.460-2021_-_protocolo_de_intencoes_para_adquirir_vacinas_-_covid_19.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3304/lei_municipal_n.o_2.460-2021_-_protocolo_de_intencoes_para_adquirir_vacinas_-_covid_19.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios Brasileiros, com a finalidade de adquiris vacinas para combate á pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3305/lei_municipal_n.o_2.461-2021_-_abertura_de_credito_especial_r_40.00000.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3305/lei_municipal_n.o_2.461-2021_-_abertura_de_credito_especial_r_40.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito especial no orçamento do Exercício de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3336/lei_municipal_n.o_2.462-2021_-_consorcio_intermunicipal_-_cislagos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3336/lei_municipal_n.o_2.462-2021_-_consorcio_intermunicipal_-_cislagos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a participar do Consórcio Intermunicipal de Saúde dos Municípios da Região dos Lagos do Sul de Minas - "CISLAGOS" e dá outras providências.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3337/lei_municipal_n.o_2.463-2021_-_fornecimento_de_cestas_basicas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3337/lei_municipal_n.o_2.463-2021_-_fornecimento_de_cestas_basicas.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal adotar medidas imprescindíveis á Assistência e Fornecimento de cestas básicas para famílias em situação de vulnerabilidade social, na forma que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3338/lei_municipal_n.o_2.464-2021_-_dispoe_sobre_a_criacao_do_conselho_-_cacs-fundeb.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3338/lei_municipal_n.o_2.464-2021_-_dispoe_sobre_a_criacao_do_conselho_-_cacs-fundeb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação  - CACS/FUNDEB e dá outras providências.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3339/lei_municipal_n.o_2.465-2021_-_autoriza_firmar_convenio_de_cooperacao_-_lsvp.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3339/lei_municipal_n.o_2.465-2021_-_autoriza_firmar_convenio_de_cooperacao_-_lsvp.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Delfinópolis a firmar termo de convênio de cooperação com o Lar São Vicente de Paulo de Delfinópolis/MG com o intuito de unir esforços para a construção/ampliação de um pavilhão na entidade e da outras providências.</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3356/lei_municipal_n.o_2.466-2021_-_cessao_de_bens_publicos_ao_lsvp_de_delfinopolis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3356/lei_municipal_n.o_2.466-2021_-_cessao_de_bens_publicos_ao_lsvp_de_delfinopolis.pdf</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3365/lei_municipal_n.o_2.467-2021_-_estancia_rio_grande_cavalinho_veiaco_-_assinada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3365/lei_municipal_n.o_2.467-2021_-_estancia_rio_grande_cavalinho_veiaco_-_assinada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de área rural para o perímetro urbano do município de Delfinópolis, como nesta se especifica.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3388/lei_municipal_n.o_2.468-2021_-_fixa_os_valores_do_plantoes_medicos_-_assinada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3388/lei_municipal_n.o_2.468-2021_-_fixa_os_valores_do_plantoes_medicos_-_assinada.pdf</t>
   </si>
   <si>
     <t>Fixa os valores dos plantões médicos, dos procedimentos médicos e das especialidades médicas que desempenham atendimento no município de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3389/lei_municipal_n.o_2.469-2021_-_declara_utlidade_publica_e_cencede_auxilio_financeiro_-_patas_da_canastra_-_assinada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3389/lei_municipal_n.o_2.469-2021_-_declara_utlidade_publica_e_cencede_auxilio_financeiro_-_patas_da_canastra_-_assinada.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Patas da Canastra e autoriza o Poder Executivo a conceder auxílio financeiro.</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3390/lei_municipal_n.o_2.470-2021_-_suspencao_da_cobranca_de_iluminacao_publica_-_bairros_e_distritos_de_delfinopolis_camara_-_assinada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3390/lei_municipal_n.o_2.470-2021_-_suspencao_da_cobranca_de_iluminacao_publica_-_bairros_e_distritos_de_delfinopolis_camara_-_assinada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão da cobrança de CIP para os moradores do Bairro Recanto do Sol no Distrito de Olhos D'água da Canastra.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3808/lei_municipal_n.o_2.471-2021_-_ratifica_a_alteracao_do_contrato_de_consorcio_da_ameg.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3808/lei_municipal_n.o_2.471-2021_-_ratifica_a_alteracao_do_contrato_de_consorcio_da_ameg.pdf</t>
   </si>
   <si>
     <t>RATIFICA A ALTERAÇÃO DO CONTRATO DE CONSÓRCIO DA ASSOCIAÇÃO PÚBLICA DOS MUNICÍPIOS DA MICRORREGIÃO DO MÉDIO RIO GRANDE - CONSÓRCIO AMEG E AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ESPECIALNA LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3809/lei_municipal_n.o_2.472-2021_-_majoracao_do_limite_de_abertura_de_creditos_adicionais_suplementares_-_orcamento_2021_-_6.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3809/lei_municipal_n.o_2.472-2021_-_majoracao_do_limite_de_abertura_de_creditos_adicionais_suplementares_-_orcamento_2021_-_6.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MAJORAÇÃO DO LIMITE DE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO DO MUNICÍPIO DE DELFINÓPOLIS PARA EXERCÍCIO FINANCEIRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3810/lei_municipal_n.o_2.473-2021_-_concede_auxilio_financeiro_ao_sindicato_dos_empregados_da_prefeitura.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3810/lei_municipal_n.o_2.473-2021_-_concede_auxilio_financeiro_ao_sindicato_dos_empregados_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER AUXÍLIO FINANCEIRO AO SINDICATO DOS EMPREGADOS DA PREFEITURA DE DELFINOPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3811/lei_municipal_n.o_2.474-2021_-_aquisicao_de_terreno_-_conego_marinho_final.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3811/lei_municipal_n.o_2.474-2021_-_aquisicao_de_terreno_-_conego_marinho_final.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ADQUIRIR UM LOTE URBANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3812/lei_municipal_n.o_2.475-2021_-_autorza_abertura_de_credito_adicional_suplmentar_no_orcamento_vigente_-_vale.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3812/lei_municipal_n.o_2.475-2021_-_autorza_abertura_de_credito_adicional_suplmentar_no_orcamento_vigente_-_vale.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3813/lei_municipal_n.o_2.476-2021_-_altera_redacao_paragrafo_unico_lei_municipal_2.416-2019.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3813/lei_municipal_n.o_2.476-2021_-_altera_redacao_paragrafo_unico_lei_municipal_2.416-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único, do artigo 1º da Lei nº 2.416/2019para que o prazo para regularização da escritura dos respectivos lotes se finde impreterivelmente em 09 de março de 2022.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3814/lei_municipal_n.o_2.477-2021_-_altera_art._2.o_e_acrescenta__na_lei_2.363-2018.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3814/lei_municipal_n.o_2.477-2021_-_altera_art._2.o_e_acrescenta__na_lei_2.363-2018.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 2º e acrescenta §§ na Lei 2.363/2018 que dispõe sobre a criação da Feira Livre do Produtor.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3815/lei_municipal_n.o_2.478-2021_-_recomposicao_salarial_aos_empregados_municipais_-_824.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3815/lei_municipal_n.o_2.478-2021_-_recomposicao_salarial_aos_empregados_municipais_-_824.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE RECOMPOSIÇÃO SALARIAL AOS EMPREGADOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3816/lei_municipal_n.o_2.479-2021-_recomposicao_salarial_aos_profissionais_do_magisterio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3816/lei_municipal_n.o_2.479-2021-_recomposicao_salarial_aos_profissionais_do_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE RECOMPOSIÇÃO SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3817/lei_municipal_n.o_2.480-2021_-_autoriza_a_majoracao_do_limite_de_abertura_de_credito_-_4.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3817/lei_municipal_n.o_2.480-2021_-_autoriza_a_majoracao_do_limite_de_abertura_de_credito_-_4.pdf</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3818/lei_municipal_n.o_2.481-2021_-_denominacao_de_rua_1_-_residencial_brasil_-_rua_cleuza_aparecida_garcia_de_souza.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3818/lei_municipal_n.o_2.481-2021_-_denominacao_de_rua_1_-_residencial_brasil_-_rua_cleuza_aparecida_garcia_de_souza.pdf</t>
   </si>
   <si>
     <t>FICA DENOMINADA DE "RUA CLEUZA APARECIDA GARCIA DE SOUZA" A "RUA 1" LOCALIZADA NO LOTEAMENTO RESIDENCIAL BRASIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3819/lei_municipal_n.o_2.482-2021_-_cria_novos_codigos_e_altera_lei_12421994_2022.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3819/lei_municipal_n.o_2.482-2021_-_cria_novos_codigos_e_altera_lei_12421994_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE NOVOS CÓDIGOS E SEÇÕES DE LOGRADOUROS PARA COBRANÇA DE IPTU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3820/lei_municipal_n.o_2.483-2021_-_proibicao_do_uso_deaeronaves_na_pulverizacao_agricola_no_municipio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3820/lei_municipal_n.o_2.483-2021_-_proibicao_do_uso_deaeronaves_na_pulverizacao_agricola_no_municipio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do uso de aeronaves na pulverização agrícola no município de Delfinópolis num raio de um quilômetro das áreas urbanizadas.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3821/lei_municipal_n.o_2.484-2021_-_transferencia_de_area_rural_para_urbana_-_praia_da_pedra.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3821/lei_municipal_n.o_2.484-2021_-_transferencia_de_area_rural_para_urbana_-_praia_da_pedra.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DE ÁREA RURAL PARA O PERÍMETRO URBANO DO MUNICÍPIO DE DELFINÓPOLIS, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3822/lei_municipal_n.o_2.485-2021_-_autoriza_o_municipio_a_firmar_convenios_termos_de_parcerias_e_manter_filiacoes-_2022.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3822/lei_municipal_n.o_2.485-2021_-_autoriza_o_municipio_a_firmar_convenios_termos_de_parcerias_e_manter_filiacoes-_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE DELFINÓPOLIS FIRMAR CONVÊNIOS, TERMOS DE PARCERIAS, CONCEDER SUBVENÇÕES, CONTRIBUIÇÕES, AUXÍLIOS FINANCEIROS E MANTER FILIAÇÕES JUNTO AS ASSOCIAÇÕES E CONSÓRCIOS PÚBLICOS, NO EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3823/lei_municipal_n.o_2.486-2021_-_permuta_lotes_62-83_-_olhos_dagua_da_canastra.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3823/lei_municipal_n.o_2.486-2021_-_permuta_lotes_62-83_-_olhos_dagua_da_canastra.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PERMUTA DE IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3824/lei_municipal_n.o_2.487-2021_-_aumento_da_margem_para_emprestimo_consignado.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3824/lei_municipal_n.o_2.487-2021_-_aumento_da_margem_para_emprestimo_consignado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O LIMITE DO PERCENTUAL DE CONSIGNAÇÃO EM FOLHA DE PAGAMENTO DE SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3825/lei_municipal_n.o_2.488-2021_-_dispoe_sobre_as_diretrizes_para_elaboaracao_da_lei_orcamentaria_2022_-_ldo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3825/lei_municipal_n.o_2.488-2021_-_dispoe_sobre_as_diretrizes_para_elaboaracao_da_lei_orcamentaria_2022_-_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO FINANCEIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3826/lei_municipal_n.o_2.489-2021_-_dispoe_sobre_o_plano_plurianual_2022-2025_-_ppa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3826/lei_municipal_n.o_2.489-2021_-_dispoe_sobre_o_plano_plurianual_2022-2025_-_ppa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2022 - 2025.</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3827/lei_municipal_n.o_2.490-2021_-_estima_receita_e_fixa_despesa__para_o_execicio_financeiro_de_2022_-_loa_2022.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3827/lei_municipal_n.o_2.490-2021_-_estima_receita_e_fixa_despesa__para_o_execicio_financeiro_de_2022_-_loa_2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE DELFINÓPOLIS PARA O EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>Portarias do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3222/portaria_001_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3222/portaria_001_2021.pdf</t>
   </si>
   <si>
     <t>Exonera Empregado Municipal, como nesta se especifica.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3223/portaria_002_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3223/portaria_002_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação de pessoa para ocupar emprego em Comissão, como nesta se especifica.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3225/portaria_003_2021_-_exonera_joao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3225/portaria_003_2021_-_exonera_joao.pdf</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3260/portaria_004_2021_-_nomeia_cleidisson.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3260/portaria_004_2021_-_nomeia_cleidisson.pdf</t>
   </si>
   <si>
     <t>Nomeia Empregado Municipal, como nesta se especifica. (Cleidisson - Contador/Comprador)</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3261/portaria_005_2021_-_comissao_de_desfazimento_de_bens.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3261/portaria_005_2021_-_comissao_de_desfazimento_de_bens.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre designação de membros da Comissão de Desfazimento de Bens Patrimoniais Inservíveis da Câmara Municipal de Delfinópolis (MG).</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3262/portaria_006_2021_-_declaracao_de_desfazimento_de_bens.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3262/portaria_006_2021_-_declaracao_de_desfazimento_de_bens.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Declaração de Desfazimento de Bens Patrimoniais Inservíveis da Câmara Municipal de Delfinópolis (MG).</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3294/portaria_007_2021_-_horario_de_funcionamento.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3294/portaria_007_2021_-_horario_de_funcionamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o horário de funcionamento da Câmara de Vereador do Município de de Delfinópolis - MG.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3295/portaria_008_2021_-_exonera_cleidisson.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3295/portaria_008_2021_-_exonera_cleidisson.pdf</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3296/portaria_009_2021_-_nomeia_alessandro.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3296/portaria_009_2021_-_nomeia_alessandro.pdf</t>
   </si>
   <si>
     <t>Nomeia Empregado Municipal, como nesta se especifica.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3332/portaria_010_2021_-_exonera_adelita_do_cargo_de_diretora.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3332/portaria_010_2021_-_exonera_adelita_do_cargo_de_diretora.pdf</t>
   </si>
   <si>
     <t>Exonera Servidor Público do Cargo de Provimento em Comissão.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3333/portaria_011_2021_-_nomeia_fabio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3333/portaria_011_2021_-_nomeia_fabio.pdf</t>
   </si>
   <si>
     <t>Nomear Servidor Público do Cargo de Provimento em Comissão.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3341/portaria_012_2021_-_institui_nomeia_comissao_permanente_de_licitacao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3341/portaria_012_2021_-_institui_nomeia_comissao_permanente_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituição e nomeação de comissão permanente de licitação da Câmara Municipal de Delfinópolis/MG.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3342/portaria_013_2021_-_exonera_dr._reynaldo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3342/portaria_013_2021_-_exonera_dr._reynaldo.pdf</t>
   </si>
   <si>
     <t>Exonera Empregado Municipal, como nesta se especifica ( Dr. Reynaldo Lemos Vaz).</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3343/portaria_014_2021_-_nomeia_dr._caue.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3343/portaria_014_2021_-_nomeia_dr._caue.pdf</t>
   </si>
   <si>
     <t>Nomeia empregado Municipal, como nesta se especifica. (Dr. Cauê Márcio Rodrigues David)</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>NULO</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3355/portaria_016_2021_-_insitui_comissao_de_processo_administrativo_disciplinar.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3355/portaria_016_2021_-_insitui_comissao_de_processo_administrativo_disciplinar.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Processo Administrativo Disciplinar</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3771/portaria_n.o_017-2021_-_prorroga_prazo_para_conclusao_dos_trabalhos_da_comissao_do_pad_001-2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3771/portaria_n.o_017-2021_-_prorroga_prazo_para_conclusao_dos_trabalhos_da_comissao_do_pad_001-2021.pdf</t>
   </si>
   <si>
     <t>PRORROGA PRAZO PARA CONCLUSÃO DOS TRABALHOS DA COMISSÃO DO PAD 001-2021.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3772/portaria_n.o_018-2021_-_dispoe_sobre_a_suspensao_dos_trabalhos_em_relacao_l.r.s_e_ao_j.b.a.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3772/portaria_n.o_018-2021_-_dispoe_sobre_a_suspensao_dos_trabalhos_em_relacao_l.r.s_e_ao_j.b.a.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUSPENSÃO DOS TRABALHOS EM RELAÇÃO L.R.S E AO J.B.A.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3224/projeto_de_lei_001_2021_-_recomposicao_salarial_-_executivo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3224/projeto_de_lei_001_2021_-_recomposicao_salarial_-_executivo.pdf</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3227/projeto_de_lei_002_2021_-_prorefis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3227/projeto_de_lei_002_2021_-_prorefis.pdf</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3228/projeto_de_lei_003_2021_-_doacao_de_terreno_para_o_centro_de_educacao_infantil_geanderson_miranda_reinaldo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3228/projeto_de_lei_003_2021_-_doacao_de_terreno_para_o_centro_de_educacao_infantil_geanderson_miranda_reinaldo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Delfinópolis/MG a doação de terreno onde se encontra construído a sede do Centro de Educação Infantil Geanderson Miranda Reinaldo e dá outras providências.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3229/projeto_de_lei_004_2021_-_cessao_de_bens_a_aaadmc.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3229/projeto_de_lei_004_2021_-_cessao_de_bens_a_aaadmc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Cessão de Bens Públicos e dá outras providências.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3264/projeto_de_lei_005_2021_-_abertura_de_credito_especial_r40.00000.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3264/projeto_de_lei_005_2021_-_abertura_de_credito_especial_r40.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito especial no orçamento do Exercício de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2022/3285/projeto_de_lei_006_2021_-_vacinas_contra_o_covid.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2022/3285/projeto_de_lei_006_2021_-_vacinas_contra_o_covid.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do corona vírus: medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3293/projeto_de_lei_007_2021_-_cislagos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3293/projeto_de_lei_007_2021_-_cislagos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a participar do Consórcio Intermunicipal de Saúde dos Municípios da Região dos Lagos do Sul de Minas – “CISLAGOS” e dá outras providências.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3306/projeto_de_lei_008_2021_-_criacao_do_cacs_-_fundeb.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3306/projeto_de_lei_008_2021_-_criacao_do_cacs_-_fundeb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação  - CACS/FUNDEB e dá outras providências.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3307/projeto_de_lei_009_2021_-_cessao_de_bens_publicos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3307/projeto_de_lei_009_2021_-_cessao_de_bens_publicos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de Bens Públicos e dá outras providências.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3308/projeto_de_lei_010_2021_-_cestas_basicas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3308/projeto_de_lei_010_2021_-_cestas_basicas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal adotar medidas imprescindíveis à Assistência e Fornecimento de Cestas Básicas para famílias em situação de vulnerabilidade social, na forma que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3312/projeto_de_lei_011_2021_-_convenio_com_o_lar_sao_vicente_de_paulo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3312/projeto_de_lei_011_2021_-_convenio_com_o_lar_sao_vicente_de_paulo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Delfinópolis a firmar termo de convênio de cooperação com o Lar São Vicente de Paulo de Delfinópolis/MG com o intuito de unir esforços para a construção/ampliação de um pavilhão na entidade e dá outras providências.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3313/projeto_de_lei_012_2021_-_transferencia_de_area_rural_para_perimetro_urbano.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3313/projeto_de_lei_012_2021_-_transferencia_de_area_rural_para_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de área rural para o perímetro urbano do Município de Delfinópolis, como nesta se especifica.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3366/projeto_de_lei_013_2021_-_fixa_valores_dos_plantoes_medicos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3366/projeto_de_lei_013_2021_-_fixa_valores_dos_plantoes_medicos.pdf</t>
   </si>
   <si>
     <t>Fixa os valores dos plantões médicos, dos procedimentos e das especialidades médicas que desempenham atendimento no município de Delfinópolis e dá outras providências (valor fixado corrigido pelo índice do IPCA = 8.06%).</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3367/projeto_de_lei_014_2021_-_suspensao_da_cobranca_de_cip_em_olhos_dagua_-_delson.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3367/projeto_de_lei_014_2021_-_suspensao_da_cobranca_de_cip_em_olhos_dagua_-_delson.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão da cobrança de CIP (Contribuição de Iluminação Pública) para os moradores do Bairro Recanto Pôr do Sol no Distrito de Olhos D’água da Canastra.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3387/projeto_de_lei_015_2021_-_autoriza_o_executivo_conceder_auxilio_financeiro_a_patas_da_canastra.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3387/projeto_de_lei_015_2021_-_autoriza_o_executivo_conceder_auxilio_financeiro_a_patas_da_canastra.pdf</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3398/projeto_de_lei_016_2021_-_auxilio_financeiro_ao_sindicato_dos_empregados_da_prefeitura.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3398/projeto_de_lei_016_2021_-_auxilio_financeiro_ao_sindicato_dos_empregados_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder auxílio Financeiro ao Sindicato dos Empregados da Prefeitura de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3397/projeto_de_lei_017_2021_-_altera_contrato_de_consorcio_da_ameg.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3397/projeto_de_lei_017_2021_-_altera_contrato_de_consorcio_da_ameg.pdf</t>
   </si>
   <si>
     <t>Ratifica a alteração do contrato de consórcio da Associação Pública dos municípios da Microrregião do Médio Rio Grande – Consórcio AMEG e autoriza o Poder Executivo a abrir crédito especial na Lei Orçamentária Anual para o Exercício de 2021”.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3700/projeto_de_lei_018_2021_-_altera_a_redacao_do_art._5o_da_lei_2.260.2015_para_ampliar_o_prazo_de_vedaca_e_alienacao_para_15_anos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3700/projeto_de_lei_018_2021_-_altera_a_redacao_do_art._5o_da_lei_2.260.2015_para_ampliar_o_prazo_de_vedaca_e_alienacao_para_15_anos.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 5º da Lei 2.260/2015 para ampliar o prazo de vedação da alienação para 15 anos (Loteamento Morada dos Sonhos)._x000D_
 RETIRADO</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3685/projeto_de_lei_019_2021_-_autoriza_majoracao_de_credito_adicionais_suplementares.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3685/projeto_de_lei_019_2021_-_autoriza_majoracao_de_credito_adicionais_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza a majoração 10% (dez por cento) do limite de abertura de créditos adicionais suplementares ao orçamento do município de Delfinópolis para o Exercício Financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_lei_020_2021_-_autoriza_o_poder_executivo_adquirir_um_lote_urbano.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_lei_020_2021_-_autoriza_o_poder_executivo_adquirir_um_lote_urbano.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo adquirir um lote urbano no valor de R$ 330.000,00 com finalidade de acrescer a área de recreação da Escola Municipal Cônego Marinho e dá outras providências.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>Fransérgio  Pimenta, Jaqueline Esteticista</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3694/projeto_de_lei_021_2021_-_regularizacao_das_escrituras_no_bairro_morada_dos_sonhos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3694/projeto_de_lei_021_2021_-_regularizacao_das_escrituras_no_bairro_morada_dos_sonhos.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único, do artigo 1º da Lei 2.416/2019 para que o prazo para regularização da escritura dos respectivos lotes se finde impreterivelmente em 09 de março de 2022.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3695/projeto_de_lei_022_2021_-_pulveirzacao_aerea.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3695/projeto_de_lei_022_2021_-_pulveirzacao_aerea.pdf</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3696/projeto_de_lei_023_2021_-_dispoe_sobre_transferencia_de_area_rural_para_o_perimetro_urbano-13-09-2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3696/projeto_de_lei_023_2021_-_dispoe_sobre_transferencia_de_area_rural_para_o_perimetro_urbano-13-09-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de área rural para o perímetro urbano no município de Delfinópolis, como nesta se especifica.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3719/projeto_de_lei_024_2021_-_altera_e_acrescenta__na_lei_da_feira_livre.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3719/projeto_de_lei_024_2021_-_altera_e_acrescenta__na_lei_da_feira_livre.pdf</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3720/projeto_de_lei_025_2021_-_autoriza_abertura_de_credito_adicional_suplementar_no_orcamento_vigente.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3720/projeto_de_lei_025_2021_-_autoriza_abertura_de_credito_adicional_suplementar_no_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3721/projeto_de_lei_026_2021_-_ldo_2022.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3721/projeto_de_lei_026_2021_-_ldo_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para elaboração da Lei Orçamentária do Exercício Financeiro de 2022 e dá outras providências. LDO</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3722/projeto_de_lei_027_2021_-_loa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3722/projeto_de_lei_027_2021_-_loa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Delfinópolis para o Exercício Financeiro de 2022. LOA</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3723/projeto_de_lei_028_2021_-_ppa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3723/projeto_de_lei_028_2021_-_ppa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o Período de 2022 - 2025. PPA</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3724/projeto_de_lei_029_2021_-_denomina_rua_1_de_rua_cleuza_no_loteamento_residencial_brasil.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3724/projeto_de_lei_029_2021_-_denomina_rua_1_de_rua_cleuza_no_loteamento_residencial_brasil.pdf</t>
   </si>
   <si>
     <t>Fica denominada de "Rua Cleuza Aparecida Garcia de Souza" a "Rua 1 " localizada no Loteamento Residencial Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3725/projeto_de_lei_030_2021_-_proibe_queima_de_fogos_de_artificio_a_100m_de_areas_urbanizadas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3725/projeto_de_lei_030_2021_-_proibe_queima_de_fogos_de_artificio_a_100m_de_areas_urbanizadas.pdf</t>
   </si>
   <si>
     <t>Proíbe queima de fogos de artifício e de outros artefatos que causem estampidos  até o raio de 100 mts do Perímetro urbanizado do Município de Delfinópolis/MG.</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>Analdo Arantes, Ana Trindade</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3726/projeto_de_lei_031_2021_-_fixa_o_subsidios_dos_secretarios_municipais_para_2022.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3726/projeto_de_lei_031_2021_-_fixa_o_subsidios_dos_secretarios_municipais_para_2022.pdf</t>
   </si>
   <si>
     <t>Fixa os Subsídios dos Secretários Municipais de Delfinópolis/MG e dá outras providências.</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3727/projeto_de_lei_032_2021_-_autoriza_o_municipio_a_firmar_convenios_parcerias_no_exercicio_de_2022.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3727/projeto_de_lei_032_2021_-_autoriza_o_municipio_a_firmar_convenios_parcerias_no_exercicio_de_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Delfinópolis firmar convênios, termos de parcerias, conceder subvenções, contribuições, auxílios financeiros e manter filiações junto as Associações e Consórcios Públicos, no Exercício de 2022.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3738/projeto_de_lei_033_2021_-_dispoe_sobre_a_recomposicao_salarial_aos_empregados_municipais.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3738/projeto_de_lei_033_2021_-_dispoe_sobre_a_recomposicao_salarial_aos_empregados_municipais.pdf</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3739/projeto_de_lei_034_2021_-_concessao_de_recomposicao_salarial_aos_proficionais_do_magisterio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3739/projeto_de_lei_034_2021_-_concessao_de_recomposicao_salarial_aos_proficionais_do_magisterio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Recomposição Salarial aos Profissionais do Magistério Público da Educação Básica da Rede Municipal de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3741/projeto_de_lei_035_2021_-_autoriza_permuta_de_imovel.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3741/projeto_de_lei_035_2021_-_autoriza_permuta_de_imovel.pdf</t>
   </si>
   <si>
     <t>Autoriza permuta de imóveis e dá outras providências.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3742/projeto_de_lei_036_2021_-_criacao_de_programa_de_acesso_a_tratamento_odontologico.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3742/projeto_de_lei_036_2021_-_criacao_de_programa_de_acesso_a_tratamento_odontologico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação do programa de acesso ao tratamento odontológico especializado no Município de Delfinópolis e dá outras providências._x000D_
 RETIRADO</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3744/projeto_de_lei_037_2021_-_dispoe_sobre_as_criacao_de_novos_codigos_e_secoes_de_logradouros.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3744/projeto_de_lei_037_2021_-_dispoe_sobre_as_criacao_de_novos_codigos_e_secoes_de_logradouros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de novos códigos e seções de logradouros para cobrança de IPTU e dá outras providências.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3746/projeto_de_lei_038_2021_-_autoriza_majoracao_de_credito_adicionais_suplementares.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3746/projeto_de_lei_038_2021_-_autoriza_majoracao_de_credito_adicionais_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza a majoração do limite de abertura de créditos adicionais suplementares ao orçamento do Município de Delfinópolis para o Exercício Financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3749/projeto_de_lei_039_2021_-_dispoe_sobre_o_limite_percentual_de_consignacao_em_folha.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3749/projeto_de_lei_039_2021_-_dispoe_sobre_o_limite_percentual_de_consignacao_em_folha.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o limite do percentual de consignação em folha de pagamento de servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3340/projeto_de_lei_complementar_001_2021_-_altera_atribuicoes_do_cargo_de_assessora_de_comunicacao_e_informatica.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3340/projeto_de_lei_complementar_001_2021_-_altera_atribuicoes_do_cargo_de_assessora_de_comunicacao_e_informatica.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 1º e 3º da Lei Complementar nº 2.087/2012 e o anexo II da Lei nº 1.854/2008 e dá outras providências (Fica alterada a nomenclatura do cargo em provimento em comissão de Assessor de Comunicação e Informática previsto no artigo 1º da Lei Complementar n. 2.087/2012 e acrescido no anexo II da Lei Complementar n. 1.854/2008 para Assessor Administrativo, Comunicação e Informática e acresce mais 13 atribuições).</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3409/projeto_de_lei_complementar_002_2021_-_altera_o_provimento_do_emprego_de_encarregado_da_mecanica.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3409/projeto_de_lei_complementar_002_2021_-_altera_o_provimento_do_emprego_de_encarregado_da_mecanica.pdf</t>
   </si>
   <si>
     <t>Altera o Provimento do Emprego de Encarregado da Mecânica, constante do anexo II, da Lei Complementar N.º 001/2015, bem como a forma de sua investidura e dá outras providências.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Abono FUNDEB aos profissionais da Educação Básica em Efetivo Exercício.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
     <t>Req.</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3230/requerimento_001_2021_-_jose_fernandes_a_prefeita_-_matadouro.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3230/requerimento_001_2021_-_jose_fernandes_a_prefeita_-_matadouro.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes Salgado a Prefeita no qual solicita informações sobre o Matadouro.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3231/requerimento_002_2021_-_sebastiao_a_prefeita_-_informacao_sobres_um_poste_de_babilonia.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3231/requerimento_002_2021_-_sebastiao_a_prefeita_-_informacao_sobres_um_poste_de_babilonia.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Sebastião Aparecido Alão a Prefeita no qual solicita informações sobre um Poste de Concreto do campo de futebol do Distrito de Babilônia.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3232/requerimento_003_2021_-_jaqueline_a_prefeita_-_vacina_covid.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3232/requerimento_003_2021_-_jaqueline_a_prefeita_-_vacina_covid.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela Vereadora Jaqueline Aparecida da Silva a Prefeita no qual solicita informações sobre a Vacinação contra o Covid-19.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3283/requerimento_004_2021_-_mauro_a_prefeita_-_horas_extras.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3283/requerimento_004_2021_-_mauro_a_prefeita_-_horas_extras.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro César de Assis a Prefeita no qual solicita informações sobre horas extras.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3291/requerimento_005_2021_-_ana_trindade_a_prefeita-_solicita_informacoes_de_servidoras_da_camara.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3291/requerimento_005_2021_-_ana_trindade_a_prefeita-_solicita_informacoes_de_servidoras_da_camara.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela Vereadora Ana Maria Silva da Trindade a Prefeita para que seja fornecido informações sobre o histórico funcional das servidoras Adelita e Marieta._x000D_
 REPROVADO EM 05/04/2021.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3292/requerimento_006_2021_-_analdo_a_prefeita_requer_que_o_executivo_cumpra_a_lei_no_2.240.2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3292/requerimento_006_2021_-_analdo_a_prefeita_requer_que_o_executivo_cumpra_a_lei_no_2.240.2015.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Analdo Arantes Vieira a Prefeita para que seja cumprida a Lei Nº2.240/2015.</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3297/requerimento_007_2021_-_analdo_a_prefeita_-_cessao_de_servidores.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3297/requerimento_007_2021_-_analdo_a_prefeita_-_cessao_de_servidores.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Analdo a Prefeita sobre Cessão de Servidores.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3298/requerimento_008_2021_-_mauro_a_prefeita_sobre_a_terceirizacao_da_balsa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3298/requerimento_008_2021_-_mauro_a_prefeita_sobre_a_terceirizacao_da_balsa.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro a Prefeita sobre a Balsa.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3314/requerimento_009_2021_-_jose_fernandes_a_prefeita_-_relatorio_do_pessoal_que_trabalha_em_estrada.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3314/requerimento_009_2021_-_jose_fernandes_a_prefeita_-_relatorio_do_pessoal_que_trabalha_em_estrada.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes á Prefeita solicitando relatório nominal do pessoal que trabalha em estrada.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3315/requerimento_010_2021_-_jose_fernandes_a_prefeita_-copias_de_toda_as_licitacoes.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3315/requerimento_010_2021_-_jose_fernandes_a_prefeita_-copias_de_toda_as_licitacoes.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes á Prefeita solicitando cópia de todas as licitações realizadas neste exercício.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3318/requerimento_011_2021_-_ana_maria_a_prefeita_-_loteamentos.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3318/requerimento_011_2021_-_ana_maria_a_prefeita_-_loteamentos.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela Vereadora Ana Maria Silva da Trindade a Prefeita solicitando informações sobre Loteamentos.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3316/requerimento_012_2021_-_jose_fernandes_a_prefeita_-_covid.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3316/requerimento_012_2021_-_jose_fernandes_a_prefeita_-_covid.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes á Prefeita solicitando diversas informações sobre o Covid-19.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3317/requerimento_013_2021_-_jose_fernandes_a_prefeita_-_limpezas_das_bocas_de_lobo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3317/requerimento_013_2021_-_jose_fernandes_a_prefeita_-_limpezas_das_bocas_de_lobo.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes á Prefeita solicitando informações sobre a limpeza das bocas de lobo.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3351/requerimento_014_2021_-_mauro_a_prefeita_-_convenios_pendentes.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3351/requerimento_014_2021_-_mauro_a_prefeita_-_convenios_pendentes.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro César de Assis a Prefeita - Sobre a relação de convênios pendentes.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3352/requerimento_015_2021_-_ana_maria_a_prefeita_-_copia_do_convenio_com_a_pm.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3352/requerimento_015_2021_-_ana_maria_a_prefeita_-_copia_do_convenio_com_a_pm.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela Vereadora Ana Maria Silva da Trindade a Prefeita - Solicita cópia de convênio com a Polícia Militar</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3368/requerimento_016_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_os_parquinhos_da_avenida.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3368/requerimento_016_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_os_parquinhos_da_avenida.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro César de Assis a Prefeita onde requer informações sobre os parquinhos da Av. Pe. Ivo Soares de Matos.</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3369/requerimento_017_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_o_processo_de_terceirizacao_da_balsa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3369/requerimento_017_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_o_processo_de_terceirizacao_da_balsa.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro César de Assis a Prefeita onde requer informações sobre o processo de terceirização da balsa.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3370/requerimento_018_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_obras_publicas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3370/requerimento_018_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_obras_publicas.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro César de Assis a Prefeita onde requer informações sobre obras públicas.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3371/requerimento_019_2021_-_mauro_cesar_a_prefeita_-_copia_do_projeto_da_ponte.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3371/requerimento_019_2021_-_mauro_cesar_a_prefeita_-_copia_do_projeto_da_ponte.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro César de Assis a Prefeita onde requer cópia do projeto da ponte.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3372/requerimento_020_2021_-_mauro_cesar_a_prefeita_-_copia_dos_recursos_advindos_para_a_saude.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3372/requerimento_020_2021_-_mauro_cesar_a_prefeita_-_copia_dos_recursos_advindos_para_a_saude.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro César de Assis a Prefeita onde requer cópia da relação dos recursos advindos para a área da saúde.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3399/requerimento_021_2021_-_jose_fernandes_a_prefeita_-_informacoes_da_rede_eletrica_na_localidade_da_mata_do_amazilio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3399/requerimento_021_2021_-_jose_fernandes_a_prefeita_-_informacoes_da_rede_eletrica_na_localidade_da_mata_do_amazilio.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes Salgado a Prefeita no qual solicita informações da rede elétrica na localidade da Mata do Amazílio.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3400/requerimento_022_2021_-_jose_fernandes_a_prefeita_-_informacoes_sobre_o_orcamento_de_caminhao_prancha_e_abastecimento.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3400/requerimento_022_2021_-_jose_fernandes_a_prefeita_-_informacoes_sobre_o_orcamento_de_caminhao_prancha_e_abastecimento.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes a Prefeita no qual solicita informações sobre o orçamento de caminhão prancha e abastecimento.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3401/requerimento_023_2021_-_luciana_a_prefeita_-_informacoes_sobre_a_compra_de_cestas_basicas.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3401/requerimento_023_2021_-_luciana_a_prefeita_-_informacoes_sobre_a_compra_de_cestas_basicas.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela vereadora Luciana Aparecida Matias a Prefeita no qual solicita informações sobre a compra de cestas básicas.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3402/requerimento_024_2021_-_jaqueline_a_prefeita_-_informacoes_sobra_a_area_odontologica_do_setor_de_saude_do_municipio.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3402/requerimento_024_2021_-_jaqueline_a_prefeita_-_informacoes_sobra_a_area_odontologica_do_setor_de_saude_do_municipio.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela vereadora Jaqueline Aparecida da Silva a Prefeita no qual solicita informações sobra a área odontológica do setor de saúde do município.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3403/requerimento_025_2021_-_sebastiao_a_prefeita_-_informaoes_sobre_o_setor_de_saude.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3403/requerimento_025_2021_-_sebastiao_a_prefeita_-_informaoes_sobre_o_setor_de_saude.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo vereador Sebastião Aparecido Alão a Prefeita no qual solicita informações sobre o setor de saúde.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3396/requerimento_026_2021_-_delson__-_solicita_urgencia_ao_pl_014.2021_de_sua_autoria.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3396/requerimento_026_2021_-_delson__-_solicita_urgencia_ao_pl_014.2021_de_sua_autoria.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Delson Pereira Machado solicitando urgência ao Projeto de Lei 014/2021 de sua autoria.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3406/requerimento_030_2021_-_jaqueline_a_prefeita_-_qual_o_motivo_de_o_municipio_nao_ter_uma_central_de_atendimento_de_sintomas_gripais_e_suspeito_por_covid.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3406/requerimento_030_2021_-_jaqueline_a_prefeita_-_qual_o_motivo_de_o_municipio_nao_ter_uma_central_de_atendimento_de_sintomas_gripais_e_suspeito_por_covid.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela Vereadora  Jaqueline a Prefeita - Qual o motivo de o Município não ter uma Central de atendimento de sintomas gripais e suspeito por COVID</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3407/requerimento_031_2021_-_fransergio_a_prefeita_-_informacoes_sobre_a_terceirizacao_da_balsa_do_gloria_e_do_remanejamento_dos_seus_funcionarios.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3407/requerimento_031_2021_-_fransergio_a_prefeita_-_informacoes_sobre_a_terceirizacao_da_balsa_do_gloria_e_do_remanejamento_dos_seus_funcionarios.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador  Fransérgio a Prefeita - Informações sobre a terceirização da Balsa do Glória e do remanejamento dos seus funcionários.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3408/requerimento_032_2021_-_sebastiao_a_prefeita_-_informaoes_sobre_a_terceirizacao_da_balsa.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3408/requerimento_032_2021_-_sebastiao_a_prefeita_-_informaoes_sobre_a_terceirizacao_da_balsa.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Sebastião a Prefeita - informações sobre a terceirização da balsa.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3708/requerimento_033_2021_-_luciana_a_prefeita_-_informacoes_sobre_a_disponibilizacao_do_kit_merenda.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3708/requerimento_033_2021_-_luciana_a_prefeita_-_informacoes_sobre_a_disponibilizacao_do_kit_merenda.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela vereadora Luciana Aparecida Matias a Prefeita no qual solicita informações sobre a disponibilização do kit merenda.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3728/requerimento_034_2021_-_jaqueline_a_prefeita_-_processo_de_pavimentacao_da_avenida_que_desvia_o_transito_pesado.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3728/requerimento_034_2021_-_jaqueline_a_prefeita_-_processo_de_pavimentacao_da_avenida_que_desvia_o_transito_pesado.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela Vereadora Jaqueline Aparecida da Silva a Prefeita, no qual solicita informações sobre a pavimentação da Avenida que retira o tráfego pesado de dentro da cidade.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador José Fernandes a Presidente, no qual solicita a retirada do Projeto de Lei 018/2021 de sua autoria.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>Requerimento retirado pelo Autor Mauro César de Assis.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3730/requerimento_037_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_o_predio_da_inclusao_social.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3730/requerimento_037_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_o_predio_da_inclusao_social.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro César de Assis a Prefeita, no qual solicita informações sobre a construção do Prédio da Inclusão Social.</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3731/requerimento_038_2021_-_jaqueline_silva_a_prefeita_-_informacoes_sobre_transporte_universitario.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3731/requerimento_038_2021_-_jaqueline_silva_a_prefeita_-_informacoes_sobre_transporte_universitario.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela Vereadora Jaqueline Aparecida da Silva a Prefeita, no qual solicita informações sobre o Transporte Universitário.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>RETIRADO PELO AUTOR ANALDO ARANTES VIEIRA.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>RETIRADO PELO AUTOR JOSÉ FERNANDES SALGADO.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>Ana Trindade, Analdo e Mauro</t>
   </si>
   <si>
     <t>Requerimento feito pela Mesa Diretora no qual requer urgência ao Projeto de Resolução 012/2021.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3751/requerimento_042_2021_-_mesa_diretora_ao_plenario_-_solicita_regime_de_urgencia_ao_projeto_de_resolucao_013_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3751/requerimento_042_2021_-_mesa_diretora_ao_plenario_-_solicita_regime_de_urgencia_ao_projeto_de_resolucao_013_2021.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela Mesa Diretora no qual requer urgência ao Projeto de Resolução 013/2021.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3770/requerimento_043_2021_-_mesa_diretora_ao_plenario_-_solicita_urgencia_ao_pr_004_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3770/requerimento_043_2021_-_mesa_diretora_ao_plenario_-_solicita_urgencia_ao_pr_004_2021.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela Mesa Diretora ao Plenário solicitando Urgência ao PR 004/2021</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>Res.</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3284/resolucao_001_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3284/resolucao_001_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobra a concessão de recomposição salarial aos empregados da Câmara Municipal de Delfinópolis - MG e dá outras providências.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3287/resolucao_002_2021_-_repasse_de_bens_inserviveis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3287/resolucao_002_2021_-_repasse_de_bens_inserviveis.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre repasse de bens móveis da câmara municipal para o município de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3705/resolucao_n.o_003-2021_-_prestacao_de_contas_2018.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3705/resolucao_n.o_003-2021_-_prestacao_de_contas_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas da Prefeitura Municipal de Delfinópolis, Minas Gerais no exercício de 2018.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3706/resolucao_n.o_004-2021_-_altera_artigo_8o_do_regimento_interno.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3706/resolucao_n.o_004-2021_-_altera_artigo_8o_do_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 8º do Regimento Interno para o fim de manter no plenário todos quadros fotográficos da reunião comemorativa à mudança de sede e independência econômica financeira da Câmara Municipal de Delfinópolis que se deu em 11 de setembro de 2001.</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3707/resolucao_n.o_005-2021_-_prestacao_de_contas_2019.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3707/resolucao_n.o_005-2021_-_prestacao_de_contas_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Aprovação da Prestação de Contas do Município de Delfinópolis - MG relativo ao exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3740/resolucao_n.o_006-2021_-_dispoe_sobre_o_adiantamento_para_pequenas_despesas_de_pronto_pagamento.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3740/resolucao_n.o_006-2021_-_dispoe_sobre_o_adiantamento_para_pequenas_despesas_de_pronto_pagamento.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Concessão de Adiantamento de Pequenas Despesas de Pronto Pagamento e dá outras Providências ”.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3755/resolucao_n.o_007-2021_-_dispoe_sobre_o_pagamento_de_13o_subsidio_aos_vereadores.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3755/resolucao_n.o_007-2021_-_dispoe_sobre_o_pagamento_de_13o_subsidio_aos_vereadores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do 13º salário aos Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3754/resolucao_n.o_008-2021_-_aplicacao_do_indice_inflacionario_estabelecido_na_lei_2.399-2019_sobre_o_valor_do_auxilio_financeiro.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3754/resolucao_n.o_008-2021_-_aplicacao_do_indice_inflacionario_estabelecido_na_lei_2.399-2019_sobre_o_valor_do_auxilio_financeiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação do índice inflacionário calculado pelo IBGE (INPC) estabelecido no parágrafo único da Lei 2.399/2019 sobre o valor do auxílio financeiro e dá outras providências.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3760/resolucao_n.o_009_2021_-__dispoe_sobre_aplicacao_de_inflacao_ao_auxilio_financeiro_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3760/resolucao_n.o_009_2021_-__dispoe_sobre_aplicacao_de_inflacao_ao_auxilio_financeiro_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação do índice inflacionário calculado pelo IBGE (INPC) sobre o valor do auxílio alimentação e dá outras providências.</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3761/resolucao_n.o_010_2021_-__dispoe_sobre_a_recomposicao_salarial_dos_servidore_da_camara_-_14-12-2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3761/resolucao_n.o_010_2021_-__dispoe_sobre_a_recomposicao_salarial_dos_servidore_da_camara_-_14-12-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de recomposição salarial aos Servidores da Câmara Municipal de Delfinópolis - MG e dá outras providências.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3763/resolucao_n.o_011_2021_-__dispoe_sobre_o_limite_de_percentual_de_consignacao_dos_vereadores_e_servidores_da_camara_-_20-12-2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3763/resolucao_n.o_011_2021_-__dispoe_sobre_o_limite_de_percentual_de_consignacao_dos_vereadores_e_servidores_da_camara_-_20-12-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o limite do percentual de consignação em folha de pagamento de Servidores Públicos e Agentes Políticos da Câmara Municipal de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3263/projeto_de_resolucao_001_2021_-_recomposicao_salarial.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3263/projeto_de_resolucao_001_2021_-_recomposicao_salarial.pdf</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3286/projeto_de_resolucao_002_2021_-_repasse_de_bens_inserviveis.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3286/projeto_de_resolucao_002_2021_-_repasse_de_bens_inserviveis.pdf</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3309/projeto_de_resolucao_003_2021_-_prestacao_de_contas_2018.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3309/projeto_de_resolucao_003_2021_-_prestacao_de_contas_2018.pdf</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
     <t>Alão, Fransérgio  Pimenta, Mauro do Táxi</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3697/projeto_de_resolucao_004_2021_-_cria_a_comissao_de_etica_e_decoro_parlamentar.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3697/projeto_de_resolucao_004_2021_-_cria_a_comissao_de_etica_e_decoro_parlamentar.pdf</t>
   </si>
   <si>
     <t>Acrescenta as comissões permanentes do ROL constante do artigo 52, parágrafo único, do Regimento Interno da Câmara Municipal de Delfinópolis, a Comissão de Ética e Decoro Parlamentar e dá outras providências.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>Alão, Fransérgio  Pimenta, Zezinho Bexiga</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3698/projeto_de_resolucao_005_2021_-_altera_artigo_8o_do_regimento_interno.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3698/projeto_de_resolucao_005_2021_-_altera_artigo_8o_do_regimento_interno.pdf</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>Alão, Analdo Arantes, Delson Machado, Fransérgio  Pimenta, Jaqueline Esteticista, Mauro do Táxi, Zezinho Bexiga</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3699/projeto_de_resolucao_006_2021_-_altera_artigo_22_do_regimento_interno.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3699/projeto_de_resolucao_006_2021_-_altera_artigo_22_do_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 22, do Regimento Interno da Câmara Municipal de Delfinópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3704/projeto_de_resolucao_007_2021_-_dispoe_sobre_a_aprovacao_das_contas_do_municipio_de_delfinopolis_relativo_ao_ano_de_2019.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3704/projeto_de_resolucao_007_2021_-_dispoe_sobre_a_aprovacao_das_contas_do_municipio_de_delfinopolis_relativo_ao_ano_de_2019.pdf</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3737/projeto_de_resolucao_008_2021_-_aplicacao_de_indice_inflacionario_no_auxilio_alimentacao_dos_servidores_do_legislativo.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3737/projeto_de_resolucao_008_2021_-_aplicacao_de_indice_inflacionario_no_auxilio_alimentacao_dos_servidores_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aplicação do índice inflacionário calculado pelo IBGE (INPC) estabelecido no parágrafo único da Lei 2.399/2019 sobre o valor do auxílio financeiro e dá outras providências.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3732/projeto_de_resolucao_009_2021_-_dispoe_sobre_adiantamento_de_despesas_de_pronto_pagamento.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3732/projeto_de_resolucao_009_2021_-_dispoe_sobre_adiantamento_de_despesas_de_pronto_pagamento.pdf</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3743/projeto_de_resolucao_010_2021_-_dispoe_sobre_concessao_de_13o_a_vereadores.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3743/projeto_de_resolucao_010_2021_-_dispoe_sobre_concessao_de_13o_a_vereadores.pdf</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>Luciana da Rádio, Zezinho Bexiga</t>
   </si>
   <si>
     <t>Dispõe sobre a MANUTENÇÃO do veto total do Projeto de Lei N.º 022/2021 que: “Dispõe sobre a proibição do uso de aeronaves na pulverização agrícola no município de Delfinópolis num raio de um quilômetro das áreas urbanizadas.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3752/projeto_de_resolucao_012_2021_-_dispoe_sobre_concessao_de_recomposicao_salarial_ao_sevidores_da_camara.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3752/projeto_de_resolucao_012_2021_-_dispoe_sobre_concessao_de_recomposicao_salarial_ao_sevidores_da_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de recomposição salarial (8,24%) aos servidores da Câmara Municipal de Delfinópolis - MG e dá outras providências.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3753/projeto_de_resolucao_013_2021_-_aplicacao_do_indice_inflacionario_sobre_o_valor_do_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3753/projeto_de_resolucao_013_2021_-_aplicacao_do_indice_inflacionario_sobre_o_valor_do_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3764/projeto_de_resolucao_014_2021_-_dispoe_sobre_o_limite_do_percentual_de_consignacao_dos_vereadores_e_servidores_da_camara.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3764/projeto_de_resolucao_014_2021_-_dispoe_sobre_o_limite_do_percentual_de_consignacao_dos_vereadores_e_servidores_da_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o limite do percentual de consignação em folha de pagamento de servidores públicos e agentes políticos da Câmara Municipal de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposta de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3404/proposta_de_emenda_001_2021_a_proposta_de_emenda_a_lei_organica_001_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3404/proposta_de_emenda_001_2021_a_proposta_de_emenda_a_lei_organica_001_2021.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda á Proposta de Emenda a Lei Orgânica n.º 001/2021 que "Altera o §1º do art. 23, da Lei Orgânica do Município de Delfinópolis, e dá outras providências".</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3405/proposta_de_emenda_002_2021_ao_projeto_de_resolucao_006_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3405/proposta_de_emenda_002_2021_ao_projeto_de_resolucao_006_2021.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda ao Projeto de Resolução n.º 006/2021 que " Altera o art. 22, do Regimento Interno da Câmara Municipal de Delfinópolis, e dá outras providências".</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3687/proposta_de_emenda_003_2021_ao_projeto_de_lei_019_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3687/proposta_de_emenda_003_2021_ao_projeto_de_lei_019_2021.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa 003/2021 ao Projeto de Lei n° 019/2021 que "Autoriza a majoração do limite de abertura de créditos adicionais suplementares ao orçamento do município de Delfinópolis para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3765/proposta_de_emenda_004_2021_ao_projeto_de_lei_027_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3765/proposta_de_emenda_004_2021_ao_projeto_de_lei_027_2021.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA ADITIVA AO PROJETO DE LEI N.º 027/2021 que “ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE DELFINÓPOLIS PARA O EXERCÍCIO FINANCEIRO DE 2022”.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3766/proposta_de_emenda_005_2021_ao_projeto_de_lei_031_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3766/proposta_de_emenda_005_2021_ao_projeto_de_lei_031_2021.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA PROJETO DE LEI N.º 031/2021 que “Fixa os subsídios dos Secretários Municipais de Delfinópolis/MG e dá outras providências”._x000D_
 REPROVADA</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3767/proposta_de_emenda_006_2021_ao_projeto_de_lei_027_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3767/proposta_de_emenda_006_2021_ao_projeto_de_lei_027_2021.pdf</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
     <t>Alão, Jaqueline Esteticista</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3768/proposta_de_emenda_007_2021_ao_projeto_de_lei_027_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3768/proposta_de_emenda_007_2021_ao_projeto_de_lei_027_2021.pdf</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3769/proposta_de_emenda_008_2021_ao_projeto_de_lei_027_2021.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3769/proposta_de_emenda_008_2021_ao_projeto_de_lei_027_2021.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA AO PROJETO DE LEI N.º 027/2021 que “ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE DELFINÓPOLIS PARA O EXERCÍCIO FINANCEIRO DE 2022”._x000D_
 REPROVADA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -3356,67 +3356,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3259/balancete_janeiro_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3330/2_-_balancete_fevereiro_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3331/3_-_balancete_marco_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3335/4_-_balancete_abril_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3353/5_-_balancete_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3392/balancete_junho_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3688/proposta_de_emenda_ao_projeto_de_lei_complementar_002_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3234/indicacao_001_2021_-_luciana_a_prefeita_-_samu.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3235/indicacao_002_2021_-_luciana_a_prefeita_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3236/indicacao_003_2021_-_luciana_a_prefeita_-_manutencao_parquinho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3237/indicacao_004_2021_-_luciana_a_prefeita_-_vacinacao_covid.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3238/indicacao_005_2021_-_jose_fernandes_a_prefeita_-_limpeza.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3240/indicacao_007_2021_-_jose_fernandes_a_prefeita_-_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3241/indicacao_008_2021_-_jose_fernandes_a_prefeita_-_garis.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3242/indicacao_009_2021_-_jose_fernandes_a_prefeita_-_campos_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3243/indicacao_010_2021_-_jose_fernandes_a_prefeita_-_alteracao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3244/indicacao_011_2021_-_jose_fernandes_a_prefeita_-_pontes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3245/indicacao_012_2021_-_jose_fernandes_a_prefeita_-_maquina.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3246/indicacao_013_2021_-_jose_fernandes_a_prefeita_-_blocos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3247/indicacao_014_2021_-_jose_fernandes_a_prefeita_-_limpeza_de_mata-burros.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3248/indicacao_015_2021_-_jose_fernandes_a_prefeita_-_cemig.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3249/indicacao_016_2021_-_jose_fernandes_a_prefeita_-_encascalhamento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3250/indicacao_017_2021_-_jose_fernandes_a_prefeita_-_reparo_em_ponte_e_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3251/indicacao_018_2021_-_jaqueline_a_prefeita_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3252/indicacao_019_2021_-_jaqueline_a_prefeita_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3253/indicacao_020_2021_-_jaqueline_a_prefeita_-_reforma_cantina_e_banheiro_patio_de_baixo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3254/indicacao_021_2021_-_jaqueline_a_prefeita_-_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3255/indicacao_022_2021_-_sebastiao_a_prefeita_-_estacionamento_perto_do_poli.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3256/indicacao_023_2021_-_sebastiao_a_prefeita_-pintar_lombadas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3257/indicacao_024_2021_-_fransergio_a_prefeita_-__colocacao_de_lombadas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3258/indicacao_025_2021_-_todos_os_vereadores_a_presidente_-_sobra_orcamentaria_da_camara.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3265/indicacao_026_2021_-_jaqueline_a_prefeita_-_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3266/indicacao_027_2021_-_jaqueline_a_prefeita_-_reforma_do_campo_de_futebol_de_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3267/indicacao_028_2021_-_jaqueline_a_prefeita_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3268/indicacao_029_2021_-_jaqueline_a_prefeita_-_atendimento_de_fisioterapeuta_e_psicologo_nos_distritos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3269/indicacao_030_2021_-_delson_a_prefeita_-_reforma_campo_de_futebol_e_quadra_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3270/indicacao_031_2021_-_jaqueline_a_prefeita_-_atendimento_odontologico_nos_distritos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3271/indicacao_032_2021_-_jaqueline_a_prefeita_-_correio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3272/indicacao_033_2021_-_jaqueline_a_prefeita_-_coleta_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3273/indicacao_034_2021_-_delson_a_prefeita_-_iluminacao_praca_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3274/indicacao_035_2021_-_delson_a_prefeita_-_dentistas_exclusivos_para_os_distritos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3275/indicacao_036_2021_-_delson_a_prefeita_-_recapeamento_das_ruas_dos_distritos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3282/indicacao_037_2021_-_jose_fernandes_a_prefeita_-_cacamba.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3276/indicacao_038_2021_-_delson_a_prefeita_-alambrado_do_velorio.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2018/3277/indicacao_039_2021_-_delson_a_prefeita_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3278/indicacao_040_2021_-_delson_a_prefeita_-_reforma_psf_n._senhora_doa_remedios.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3279/indicacao_041_2021_-_delson_a_prefeita_-_transito_pesado_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3281/indicacao_042_2021_-_delson_a_prefeita_-_reforma_total_da_escola_de_olhos_dagua_e_construcao_de_mais_4_salas.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3280/indicacao_043_2021_-_delson_a_prefeita_-_recomposicao_do_piso_salarial_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3288/indicacao_044_2021_-_luciana_a_prefeita_-_lombadas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3289/indicacao_045_2021_-_luciana_a_prefeita_-_faixa_de_pedestres.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3290/indicacao_046_2021_-_luciana_a_prefeita_-_reforma_do_predio_do_samu.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3319/indicacao_047_2021_-_delson_a_prefeita_-_reparos_nas_ruas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3320/indicacao_048_2021_-_delson_a_prefeita_-_iluminacao_no_recanto_por_do_sol.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3321/indicacao_049_2021_-_delson_a_prefeita_-_aparelhos_de_transmissao_de_tv.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3323/indicacao_051_2021_-_ana_maria_a_prefeita_-_prolongar_a_avenida_antenor_pereira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3324/indicacao_052_2021_-_ana_maria_a_prefeita_-_sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3325/indicacao_053_2021_-_mauro_cesar_a_prefeita_-_rua_das_flores.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3329/indicacao_054_2021_-_delson_a_prefeita_-_sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3326/indicacao_055_2021_-_ana_maria_a_prefeita_-_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3327/indicacao_056_2021_-_ana_maria_a_prefeita_-_auxilio_emergencial_abrangente_as_empresas_do_comercio_e_servicos..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3328/indicacao_057_2021_-_sebastiao_a_prefeita_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3344/indicacao_058_2021_-_sebastiao_a_prefeita_-_iluminacao_para_o_bairro_por_do_sol_de_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3345/indicacao_059_2021_-_jaqueline_a_prefeita_-_molhar_as_ruas_do_bairro_wilson_cesario.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3346/indicacao_060_2021_-_vereadores_a_presidente_-_retorno_dos_quadros_da_inauguracao_da_camara.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3347/indicacao_061_2021_-_luciana_a_prefeita_-_mudanca_no_sentido_de_circulacao_da_rua_tenente_jose_soares.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3348/indicacao_062_2021_-_luciana_a_prefeita_-_lombada_na_rua_jose_abrahao_pedro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3350/indicacao_064_2021_-_jaqueline_a_prefeita_-_reestabelecimento_do_auxilio_alimentacao_na_pandemia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3373/indicacao_065_2021_-_jose_fernandes_a_prefeita_-_limpeza_das_avenidas_e_calcadas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3374/indicacao_066_2021_-_jose_fernandes_a_prefeita_-_limpeza_do_acostamento_da_reciclagem_ate_o_porto_e_construcao_de_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3375/indicacao_067_2021_-_jose_fernandes_a_prefeita_-_limpeza_no_entorno_da_caixa_dagua_do_bairro_morada_do_verde.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3376/indicacao_068_2021_-_jose_fernandes_a_prefeita_-_alargamento_das_estradas_da_gurita_do_itajui.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3377/indicacao_069_2021_-_jose_fernandes_a_prefeita_-_recomposicao_de_alevinos_no_rio_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3378/indicacao_070_2021_-_jose_fernandes_a_prefeita_-_calcamento_de_blocos_e_alargamento_da_curva_fechada_do_rio_santo_antonio_da_gurita_do_itajui.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3379/indicacao_071_2021_-_jose_fernandes_a_prefeita_-_ampliacao_da_rede_de_energia_na_bela_mansao_e_calcamento_de_blocos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3380/indicacao_072_2021_-_luciana_a_prefeita_-_revisacao_na_iluminacao_no_bairro_pq._morada_da_serra.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3381/indicacao_073_2021_-_jaqueline_a_prefeita_-_reajuste_salarial_de_toda_a_linha_de_frente_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3382/indicacao_074_2021_-_jose_fernandes_a_prefeita_-_indicacoes_de_onde_utilizar_um_recurso_do_dep._antonio_carlos_arantes.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3383/indicacao_075_2021_-_jose_fernandes_a_prefeita_-_possibilidade_de_aumentar_o_salario_de_todos_os_funcionarios_publicos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3384/indicacao_076_2021_-_jose_fernandes_a_prefeita_-_seja_arrumada_o_trecho_da_estrada_de_peixoto.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3385/indicacao_077_2021_-_jose_fernandes_a_prefeita_-_seja_arrumada_a_estrada_da_bateinha_e_do_morro_do_limao.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3386/indicacao_078_2021_-_jose_fernandes_a_prefeita_-_seja_dada_manutencao_na_estrada_da_mata_do_amazilio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3689/indicacao_079_2021_-_delson_a_prefeita_-_iluminacao_da_praca_n_s_dos_remedios.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3690/indicacao_080_2021_-_delson_a_prefeita_-_providencie_aparelhos_de_transmissao_de_tv.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3691/indicacao_081_2021_-_fransergio_a_prefeita_-_colocado_estacionamento_de_mao_unica_na_rua_joao_soares.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3692/indicacao_082_2021_-_fransergio_a_prefeita_-_proibir_estacionar_no_entroncamento_da_rua_pedro_jose_venancio_de_andrade_com_a_praca_dr._lafaiete_soares.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3693/indicacao_083_2021_-_sebastiao_a_prefeita_-_lombada_na_estrada_principal_sentido_fazenda_do_dr._fernando_proximo_do_loteamento_recanto_das_garcas_e_placas_indicativas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3701/indicacao_084_2021_-_delson_a_prefeita_-_solicita_cacamba_para_colocar_lixo_na_entrada_de_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3702/indicacao_085_2021_-_ana_a_prefeita_-_solicita_que_seja_elaborado_pl_de_regulamento_da_atividade_off-road_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3703/indicacao_086_2021_-_ana_a_prefeita_-_solicita_que_seja_elaborado_pl_referente_a_apolicacao_de_penalidades_sobre_abandono_de_animais.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3711/indicacao_088_2021_-_luciana_a_prefeita_-_lombadas_enfrente_ao_restaurante_do_mamao_e_deposito_constrular.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3712/indicacao_089_2021_-_jaqueline_a_prefeita_-_solicita_que_seja_molhado_com_caminhao_pipa_os_logradouros_que_nao_tem_asfalto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3713/indicacao_090_2021_-_jaqueline_a_prefeita_-_solicita_manutencao_no_calcamento_de_bloquete_no_bairro_nossa_senhora_aparecisda_e_tambem_proximo_ao_deposito_lm.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3714/indicacao_091_2021_-_jaqueline_a_prefeita_-_trasnporte_escolar_para_os_estudantes_dos_bairros_mais_afastados.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3715/indicacao_092_2021_-_jaqueline_a_prefeita_-_que_seja_molhado_com_caminhao_pipa_o_bairro_recanto_por_do_sol_em_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3716/indicacao_093_2021_-_jaqueline_a_prefeita_-_que_seja_dada_mantencao_de_limpeza_na_quadra_da_escola_de_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3717/indicacao_094_2021_-_jaqueline_a_prefeita_-_que_seja_instalado_iluminacao_no_parquinho_da_avenida_padre_ivo_soares_de_matos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3718/indicacao_095_2021_-_luciana_a_prefeita_-_seja_disponibilizado_uniformes_adequados_aos_coletores_da_usina_de_reciclagem_e_garis.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3733/indicacao_096_2021_-_mauro_cesar_a_prefeita_-_manutencao_na_lombada_da_avenida_de_frente_a_casa_da_silma_dentista.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3734/indicacao_097_2021_-_jaqueline_a_prefeita_-_solicita_manutencao_no_calcamento_de_bloquete_da_praca_central.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3735/indicacao_098_2021_-_jaqueline_a_prefeita_-_solicita_cacamba_para_bela_mansao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3736/indicacao_099_2021_-_analdo_a_prefeita_-_solicita_aumento_do_vale_alimentacao_para_25000_reais_para_o_ano_de_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3756/indicacao_100_2021_-_luciana_a_prefeita_-_sugere_que_seja_revisto_contrato_do_tecnico_responsavel_pela_manutencao_dos_aparelhos_da_saude.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3757/indicacao_101_2021_-_luciana_a_prefeita_-_veja_a_possibilidade_de_refazer_o_organograma_do_funcionalismo_publico_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3758/indicacao_102_2021_-_jose_fernandes_a_prefeita_-_providencie_reparo_na_ponte_de_madeira_que_foi_reformada_recentemente_na_regiao_do_garimpo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3759/indicacao_103_2021_-_jose_fernandes_a_prefeita_-_providencie_dois_caminhoes_de_cascalho_para_jogar_na_ponte_chegando_na_propriedade_do_sr._tiao_do_lunga.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3361/lei_municipal_n.o_2.455-2021_-_institui_o_programa_de_regularizacao_fundiaria_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3226/lei_municipal_n.o_2.456-2021-_recomposicao_salarial_-_625_-_ipca.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3301/lei_municipal_n.o_2.457-2021_-_institui_o_programa_de_recuperacao_fiscal_da_divida_ativa-_prorefis_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3302/lei_municipal_n.o_2.458-2021_-_dispoe_sobre_ddoacao_de_terreno_-_creche_distrito_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3303/lei_municipal_n.o_2.459-2021_-_dispoe_sobre_a_cessao_de_bens_publicos_-_associacao_maos_da_canastra.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3304/lei_municipal_n.o_2.460-2021_-_protocolo_de_intencoes_para_adquirir_vacinas_-_covid_19.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3305/lei_municipal_n.o_2.461-2021_-_abertura_de_credito_especial_r_40.00000.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3336/lei_municipal_n.o_2.462-2021_-_consorcio_intermunicipal_-_cislagos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3337/lei_municipal_n.o_2.463-2021_-_fornecimento_de_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3338/lei_municipal_n.o_2.464-2021_-_dispoe_sobre_a_criacao_do_conselho_-_cacs-fundeb.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3339/lei_municipal_n.o_2.465-2021_-_autoriza_firmar_convenio_de_cooperacao_-_lsvp.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3356/lei_municipal_n.o_2.466-2021_-_cessao_de_bens_publicos_ao_lsvp_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3365/lei_municipal_n.o_2.467-2021_-_estancia_rio_grande_cavalinho_veiaco_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3388/lei_municipal_n.o_2.468-2021_-_fixa_os_valores_do_plantoes_medicos_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3389/lei_municipal_n.o_2.469-2021_-_declara_utlidade_publica_e_cencede_auxilio_financeiro_-_patas_da_canastra_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3390/lei_municipal_n.o_2.470-2021_-_suspencao_da_cobranca_de_iluminacao_publica_-_bairros_e_distritos_de_delfinopolis_camara_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3808/lei_municipal_n.o_2.471-2021_-_ratifica_a_alteracao_do_contrato_de_consorcio_da_ameg.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3809/lei_municipal_n.o_2.472-2021_-_majoracao_do_limite_de_abertura_de_creditos_adicionais_suplementares_-_orcamento_2021_-_6.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3810/lei_municipal_n.o_2.473-2021_-_concede_auxilio_financeiro_ao_sindicato_dos_empregados_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3811/lei_municipal_n.o_2.474-2021_-_aquisicao_de_terreno_-_conego_marinho_final.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3812/lei_municipal_n.o_2.475-2021_-_autorza_abertura_de_credito_adicional_suplmentar_no_orcamento_vigente_-_vale.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3813/lei_municipal_n.o_2.476-2021_-_altera_redacao_paragrafo_unico_lei_municipal_2.416-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3814/lei_municipal_n.o_2.477-2021_-_altera_art._2.o_e_acrescenta__na_lei_2.363-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3815/lei_municipal_n.o_2.478-2021_-_recomposicao_salarial_aos_empregados_municipais_-_824.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3816/lei_municipal_n.o_2.479-2021-_recomposicao_salarial_aos_profissionais_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3817/lei_municipal_n.o_2.480-2021_-_autoriza_a_majoracao_do_limite_de_abertura_de_credito_-_4.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3818/lei_municipal_n.o_2.481-2021_-_denominacao_de_rua_1_-_residencial_brasil_-_rua_cleuza_aparecida_garcia_de_souza.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3819/lei_municipal_n.o_2.482-2021_-_cria_novos_codigos_e_altera_lei_12421994_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3820/lei_municipal_n.o_2.483-2021_-_proibicao_do_uso_deaeronaves_na_pulverizacao_agricola_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3821/lei_municipal_n.o_2.484-2021_-_transferencia_de_area_rural_para_urbana_-_praia_da_pedra.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3822/lei_municipal_n.o_2.485-2021_-_autoriza_o_municipio_a_firmar_convenios_termos_de_parcerias_e_manter_filiacoes-_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3823/lei_municipal_n.o_2.486-2021_-_permuta_lotes_62-83_-_olhos_dagua_da_canastra.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3824/lei_municipal_n.o_2.487-2021_-_aumento_da_margem_para_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3825/lei_municipal_n.o_2.488-2021_-_dispoe_sobre_as_diretrizes_para_elaboaracao_da_lei_orcamentaria_2022_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3826/lei_municipal_n.o_2.489-2021_-_dispoe_sobre_o_plano_plurianual_2022-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3827/lei_municipal_n.o_2.490-2021_-_estima_receita_e_fixa_despesa__para_o_execicio_financeiro_de_2022_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3222/portaria_001_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3223/portaria_002_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3225/portaria_003_2021_-_exonera_joao.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3260/portaria_004_2021_-_nomeia_cleidisson.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3261/portaria_005_2021_-_comissao_de_desfazimento_de_bens.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3262/portaria_006_2021_-_declaracao_de_desfazimento_de_bens.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3294/portaria_007_2021_-_horario_de_funcionamento.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3295/portaria_008_2021_-_exonera_cleidisson.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3296/portaria_009_2021_-_nomeia_alessandro.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3332/portaria_010_2021_-_exonera_adelita_do_cargo_de_diretora.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3333/portaria_011_2021_-_nomeia_fabio.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3341/portaria_012_2021_-_institui_nomeia_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3342/portaria_013_2021_-_exonera_dr._reynaldo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3343/portaria_014_2021_-_nomeia_dr._caue.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3355/portaria_016_2021_-_insitui_comissao_de_processo_administrativo_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3771/portaria_n.o_017-2021_-_prorroga_prazo_para_conclusao_dos_trabalhos_da_comissao_do_pad_001-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3772/portaria_n.o_018-2021_-_dispoe_sobre_a_suspensao_dos_trabalhos_em_relacao_l.r.s_e_ao_j.b.a.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3224/projeto_de_lei_001_2021_-_recomposicao_salarial_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3227/projeto_de_lei_002_2021_-_prorefis.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3228/projeto_de_lei_003_2021_-_doacao_de_terreno_para_o_centro_de_educacao_infantil_geanderson_miranda_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3229/projeto_de_lei_004_2021_-_cessao_de_bens_a_aaadmc.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3264/projeto_de_lei_005_2021_-_abertura_de_credito_especial_r40.00000.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2022/3285/projeto_de_lei_006_2021_-_vacinas_contra_o_covid.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3293/projeto_de_lei_007_2021_-_cislagos.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3306/projeto_de_lei_008_2021_-_criacao_do_cacs_-_fundeb.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3307/projeto_de_lei_009_2021_-_cessao_de_bens_publicos.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3308/projeto_de_lei_010_2021_-_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3312/projeto_de_lei_011_2021_-_convenio_com_o_lar_sao_vicente_de_paulo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3313/projeto_de_lei_012_2021_-_transferencia_de_area_rural_para_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3366/projeto_de_lei_013_2021_-_fixa_valores_dos_plantoes_medicos.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3367/projeto_de_lei_014_2021_-_suspensao_da_cobranca_de_cip_em_olhos_dagua_-_delson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3387/projeto_de_lei_015_2021_-_autoriza_o_executivo_conceder_auxilio_financeiro_a_patas_da_canastra.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3398/projeto_de_lei_016_2021_-_auxilio_financeiro_ao_sindicato_dos_empregados_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3397/projeto_de_lei_017_2021_-_altera_contrato_de_consorcio_da_ameg.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3700/projeto_de_lei_018_2021_-_altera_a_redacao_do_art._5o_da_lei_2.260.2015_para_ampliar_o_prazo_de_vedaca_e_alienacao_para_15_anos.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3685/projeto_de_lei_019_2021_-_autoriza_majoracao_de_credito_adicionais_suplementares.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_lei_020_2021_-_autoriza_o_poder_executivo_adquirir_um_lote_urbano.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3694/projeto_de_lei_021_2021_-_regularizacao_das_escrituras_no_bairro_morada_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3695/projeto_de_lei_022_2021_-_pulveirzacao_aerea.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3696/projeto_de_lei_023_2021_-_dispoe_sobre_transferencia_de_area_rural_para_o_perimetro_urbano-13-09-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3719/projeto_de_lei_024_2021_-_altera_e_acrescenta__na_lei_da_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3720/projeto_de_lei_025_2021_-_autoriza_abertura_de_credito_adicional_suplementar_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3721/projeto_de_lei_026_2021_-_ldo_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3722/projeto_de_lei_027_2021_-_loa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3723/projeto_de_lei_028_2021_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3724/projeto_de_lei_029_2021_-_denomina_rua_1_de_rua_cleuza_no_loteamento_residencial_brasil.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3725/projeto_de_lei_030_2021_-_proibe_queima_de_fogos_de_artificio_a_100m_de_areas_urbanizadas.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3726/projeto_de_lei_031_2021_-_fixa_o_subsidios_dos_secretarios_municipais_para_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3727/projeto_de_lei_032_2021_-_autoriza_o_municipio_a_firmar_convenios_parcerias_no_exercicio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3738/projeto_de_lei_033_2021_-_dispoe_sobre_a_recomposicao_salarial_aos_empregados_municipais.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3739/projeto_de_lei_034_2021_-_concessao_de_recomposicao_salarial_aos_proficionais_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3741/projeto_de_lei_035_2021_-_autoriza_permuta_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3742/projeto_de_lei_036_2021_-_criacao_de_programa_de_acesso_a_tratamento_odontologico.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3744/projeto_de_lei_037_2021_-_dispoe_sobre_as_criacao_de_novos_codigos_e_secoes_de_logradouros.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3746/projeto_de_lei_038_2021_-_autoriza_majoracao_de_credito_adicionais_suplementares.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3749/projeto_de_lei_039_2021_-_dispoe_sobre_o_limite_percentual_de_consignacao_em_folha.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3340/projeto_de_lei_complementar_001_2021_-_altera_atribuicoes_do_cargo_de_assessora_de_comunicacao_e_informatica.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3409/projeto_de_lei_complementar_002_2021_-_altera_o_provimento_do_emprego_de_encarregado_da_mecanica.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3230/requerimento_001_2021_-_jose_fernandes_a_prefeita_-_matadouro.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3231/requerimento_002_2021_-_sebastiao_a_prefeita_-_informacao_sobres_um_poste_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3232/requerimento_003_2021_-_jaqueline_a_prefeita_-_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3283/requerimento_004_2021_-_mauro_a_prefeita_-_horas_extras.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3291/requerimento_005_2021_-_ana_trindade_a_prefeita-_solicita_informacoes_de_servidoras_da_camara.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3292/requerimento_006_2021_-_analdo_a_prefeita_requer_que_o_executivo_cumpra_a_lei_no_2.240.2015.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3297/requerimento_007_2021_-_analdo_a_prefeita_-_cessao_de_servidores.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3298/requerimento_008_2021_-_mauro_a_prefeita_sobre_a_terceirizacao_da_balsa.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3314/requerimento_009_2021_-_jose_fernandes_a_prefeita_-_relatorio_do_pessoal_que_trabalha_em_estrada.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3315/requerimento_010_2021_-_jose_fernandes_a_prefeita_-copias_de_toda_as_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3318/requerimento_011_2021_-_ana_maria_a_prefeita_-_loteamentos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3316/requerimento_012_2021_-_jose_fernandes_a_prefeita_-_covid.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3317/requerimento_013_2021_-_jose_fernandes_a_prefeita_-_limpezas_das_bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3351/requerimento_014_2021_-_mauro_a_prefeita_-_convenios_pendentes.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3352/requerimento_015_2021_-_ana_maria_a_prefeita_-_copia_do_convenio_com_a_pm.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3368/requerimento_016_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_os_parquinhos_da_avenida.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3369/requerimento_017_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_o_processo_de_terceirizacao_da_balsa.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3370/requerimento_018_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_obras_publicas.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3371/requerimento_019_2021_-_mauro_cesar_a_prefeita_-_copia_do_projeto_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3372/requerimento_020_2021_-_mauro_cesar_a_prefeita_-_copia_dos_recursos_advindos_para_a_saude.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3399/requerimento_021_2021_-_jose_fernandes_a_prefeita_-_informacoes_da_rede_eletrica_na_localidade_da_mata_do_amazilio.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3400/requerimento_022_2021_-_jose_fernandes_a_prefeita_-_informacoes_sobre_o_orcamento_de_caminhao_prancha_e_abastecimento.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3401/requerimento_023_2021_-_luciana_a_prefeita_-_informacoes_sobre_a_compra_de_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3402/requerimento_024_2021_-_jaqueline_a_prefeita_-_informacoes_sobra_a_area_odontologica_do_setor_de_saude_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3403/requerimento_025_2021_-_sebastiao_a_prefeita_-_informaoes_sobre_o_setor_de_saude.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3396/requerimento_026_2021_-_delson__-_solicita_urgencia_ao_pl_014.2021_de_sua_autoria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3406/requerimento_030_2021_-_jaqueline_a_prefeita_-_qual_o_motivo_de_o_municipio_nao_ter_uma_central_de_atendimento_de_sintomas_gripais_e_suspeito_por_covid.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3407/requerimento_031_2021_-_fransergio_a_prefeita_-_informacoes_sobre_a_terceirizacao_da_balsa_do_gloria_e_do_remanejamento_dos_seus_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3408/requerimento_032_2021_-_sebastiao_a_prefeita_-_informaoes_sobre_a_terceirizacao_da_balsa.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3708/requerimento_033_2021_-_luciana_a_prefeita_-_informacoes_sobre_a_disponibilizacao_do_kit_merenda.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3728/requerimento_034_2021_-_jaqueline_a_prefeita_-_processo_de_pavimentacao_da_avenida_que_desvia_o_transito_pesado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3730/requerimento_037_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_o_predio_da_inclusao_social.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3731/requerimento_038_2021_-_jaqueline_silva_a_prefeita_-_informacoes_sobre_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3751/requerimento_042_2021_-_mesa_diretora_ao_plenario_-_solicita_regime_de_urgencia_ao_projeto_de_resolucao_013_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3770/requerimento_043_2021_-_mesa_diretora_ao_plenario_-_solicita_urgencia_ao_pr_004_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3284/resolucao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3287/resolucao_002_2021_-_repasse_de_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3705/resolucao_n.o_003-2021_-_prestacao_de_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3706/resolucao_n.o_004-2021_-_altera_artigo_8o_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3707/resolucao_n.o_005-2021_-_prestacao_de_contas_2019.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3740/resolucao_n.o_006-2021_-_dispoe_sobre_o_adiantamento_para_pequenas_despesas_de_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3755/resolucao_n.o_007-2021_-_dispoe_sobre_o_pagamento_de_13o_subsidio_aos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3754/resolucao_n.o_008-2021_-_aplicacao_do_indice_inflacionario_estabelecido_na_lei_2.399-2019_sobre_o_valor_do_auxilio_financeiro.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3760/resolucao_n.o_009_2021_-__dispoe_sobre_aplicacao_de_inflacao_ao_auxilio_financeiro_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3761/resolucao_n.o_010_2021_-__dispoe_sobre_a_recomposicao_salarial_dos_servidore_da_camara_-_14-12-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3763/resolucao_n.o_011_2021_-__dispoe_sobre_o_limite_de_percentual_de_consignacao_dos_vereadores_e_servidores_da_camara_-_20-12-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3263/projeto_de_resolucao_001_2021_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3286/projeto_de_resolucao_002_2021_-_repasse_de_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3309/projeto_de_resolucao_003_2021_-_prestacao_de_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3697/projeto_de_resolucao_004_2021_-_cria_a_comissao_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3698/projeto_de_resolucao_005_2021_-_altera_artigo_8o_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3699/projeto_de_resolucao_006_2021_-_altera_artigo_22_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3704/projeto_de_resolucao_007_2021_-_dispoe_sobre_a_aprovacao_das_contas_do_municipio_de_delfinopolis_relativo_ao_ano_de_2019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3737/projeto_de_resolucao_008_2021_-_aplicacao_de_indice_inflacionario_no_auxilio_alimentacao_dos_servidores_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3732/projeto_de_resolucao_009_2021_-_dispoe_sobre_adiantamento_de_despesas_de_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3743/projeto_de_resolucao_010_2021_-_dispoe_sobre_concessao_de_13o_a_vereadores.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3752/projeto_de_resolucao_012_2021_-_dispoe_sobre_concessao_de_recomposicao_salarial_ao_sevidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3753/projeto_de_resolucao_013_2021_-_aplicacao_do_indice_inflacionario_sobre_o_valor_do_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3764/projeto_de_resolucao_014_2021_-_dispoe_sobre_o_limite_do_percentual_de_consignacao_dos_vereadores_e_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3404/proposta_de_emenda_001_2021_a_proposta_de_emenda_a_lei_organica_001_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3405/proposta_de_emenda_002_2021_ao_projeto_de_resolucao_006_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3687/proposta_de_emenda_003_2021_ao_projeto_de_lei_019_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3765/proposta_de_emenda_004_2021_ao_projeto_de_lei_027_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3766/proposta_de_emenda_005_2021_ao_projeto_de_lei_031_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3767/proposta_de_emenda_006_2021_ao_projeto_de_lei_027_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3768/proposta_de_emenda_007_2021_ao_projeto_de_lei_027_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3769/proposta_de_emenda_008_2021_ao_projeto_de_lei_027_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3259/balancete_janeiro_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3330/2_-_balancete_fevereiro_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3331/3_-_balancete_marco_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3335/4_-_balancete_abril_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3353/5_-_balancete_maio_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3392/balancete_junho_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3688/proposta_de_emenda_ao_projeto_de_lei_complementar_002_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3234/indicacao_001_2021_-_luciana_a_prefeita_-_samu.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3235/indicacao_002_2021_-_luciana_a_prefeita_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3236/indicacao_003_2021_-_luciana_a_prefeita_-_manutencao_parquinho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3237/indicacao_004_2021_-_luciana_a_prefeita_-_vacinacao_covid.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3238/indicacao_005_2021_-_jose_fernandes_a_prefeita_-_limpeza.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3240/indicacao_007_2021_-_jose_fernandes_a_prefeita_-_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3241/indicacao_008_2021_-_jose_fernandes_a_prefeita_-_garis.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3242/indicacao_009_2021_-_jose_fernandes_a_prefeita_-_campos_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3243/indicacao_010_2021_-_jose_fernandes_a_prefeita_-_alteracao_de_lei.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3244/indicacao_011_2021_-_jose_fernandes_a_prefeita_-_pontes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3245/indicacao_012_2021_-_jose_fernandes_a_prefeita_-_maquina.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3246/indicacao_013_2021_-_jose_fernandes_a_prefeita_-_blocos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3247/indicacao_014_2021_-_jose_fernandes_a_prefeita_-_limpeza_de_mata-burros.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3248/indicacao_015_2021_-_jose_fernandes_a_prefeita_-_cemig.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3249/indicacao_016_2021_-_jose_fernandes_a_prefeita_-_encascalhamento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3250/indicacao_017_2021_-_jose_fernandes_a_prefeita_-_reparo_em_ponte_e_mata-burro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3251/indicacao_018_2021_-_jaqueline_a_prefeita_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3252/indicacao_019_2021_-_jaqueline_a_prefeita_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3253/indicacao_020_2021_-_jaqueline_a_prefeita_-_reforma_cantina_e_banheiro_patio_de_baixo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3254/indicacao_021_2021_-_jaqueline_a_prefeita_-_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3255/indicacao_022_2021_-_sebastiao_a_prefeita_-_estacionamento_perto_do_poli.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3256/indicacao_023_2021_-_sebastiao_a_prefeita_-pintar_lombadas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3257/indicacao_024_2021_-_fransergio_a_prefeita_-__colocacao_de_lombadas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3258/indicacao_025_2021_-_todos_os_vereadores_a_presidente_-_sobra_orcamentaria_da_camara.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3265/indicacao_026_2021_-_jaqueline_a_prefeita_-_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3266/indicacao_027_2021_-_jaqueline_a_prefeita_-_reforma_do_campo_de_futebol_de_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3267/indicacao_028_2021_-_jaqueline_a_prefeita_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3268/indicacao_029_2021_-_jaqueline_a_prefeita_-_atendimento_de_fisioterapeuta_e_psicologo_nos_distritos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3269/indicacao_030_2021_-_delson_a_prefeita_-_reforma_campo_de_futebol_e_quadra_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3270/indicacao_031_2021_-_jaqueline_a_prefeita_-_atendimento_odontologico_nos_distritos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3271/indicacao_032_2021_-_jaqueline_a_prefeita_-_correio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3272/indicacao_033_2021_-_jaqueline_a_prefeita_-_coleta_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3273/indicacao_034_2021_-_delson_a_prefeita_-_iluminacao_praca_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3274/indicacao_035_2021_-_delson_a_prefeita_-_dentistas_exclusivos_para_os_distritos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3275/indicacao_036_2021_-_delson_a_prefeita_-_recapeamento_das_ruas_dos_distritos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3282/indicacao_037_2021_-_jose_fernandes_a_prefeita_-_cacamba.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3276/indicacao_038_2021_-_delson_a_prefeita_-alambrado_do_velorio.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2018/3277/indicacao_039_2021_-_delson_a_prefeita_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3278/indicacao_040_2021_-_delson_a_prefeita_-_reforma_psf_n._senhora_doa_remedios.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3279/indicacao_041_2021_-_delson_a_prefeita_-_transito_pesado_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3281/indicacao_042_2021_-_delson_a_prefeita_-_reforma_total_da_escola_de_olhos_dagua_e_construcao_de_mais_4_salas.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3280/indicacao_043_2021_-_delson_a_prefeita_-_recomposicao_do_piso_salarial_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3288/indicacao_044_2021_-_luciana_a_prefeita_-_lombadas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3289/indicacao_045_2021_-_luciana_a_prefeita_-_faixa_de_pedestres.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3290/indicacao_046_2021_-_luciana_a_prefeita_-_reforma_do_predio_do_samu.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3319/indicacao_047_2021_-_delson_a_prefeita_-_reparos_nas_ruas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3320/indicacao_048_2021_-_delson_a_prefeita_-_iluminacao_no_recanto_por_do_sol.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3321/indicacao_049_2021_-_delson_a_prefeita_-_aparelhos_de_transmissao_de_tv.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3323/indicacao_051_2021_-_ana_maria_a_prefeita_-_prolongar_a_avenida_antenor_pereira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3324/indicacao_052_2021_-_ana_maria_a_prefeita_-_sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3325/indicacao_053_2021_-_mauro_cesar_a_prefeita_-_rua_das_flores.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3329/indicacao_054_2021_-_delson_a_prefeita_-_sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3326/indicacao_055_2021_-_ana_maria_a_prefeita_-_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3327/indicacao_056_2021_-_ana_maria_a_prefeita_-_auxilio_emergencial_abrangente_as_empresas_do_comercio_e_servicos..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3328/indicacao_057_2021_-_sebastiao_a_prefeita_-_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3344/indicacao_058_2021_-_sebastiao_a_prefeita_-_iluminacao_para_o_bairro_por_do_sol_de_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3345/indicacao_059_2021_-_jaqueline_a_prefeita_-_molhar_as_ruas_do_bairro_wilson_cesario.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3346/indicacao_060_2021_-_vereadores_a_presidente_-_retorno_dos_quadros_da_inauguracao_da_camara.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3347/indicacao_061_2021_-_luciana_a_prefeita_-_mudanca_no_sentido_de_circulacao_da_rua_tenente_jose_soares.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3348/indicacao_062_2021_-_luciana_a_prefeita_-_lombada_na_rua_jose_abrahao_pedro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3350/indicacao_064_2021_-_jaqueline_a_prefeita_-_reestabelecimento_do_auxilio_alimentacao_na_pandemia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3373/indicacao_065_2021_-_jose_fernandes_a_prefeita_-_limpeza_das_avenidas_e_calcadas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3374/indicacao_066_2021_-_jose_fernandes_a_prefeita_-_limpeza_do_acostamento_da_reciclagem_ate_o_porto_e_construcao_de_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3375/indicacao_067_2021_-_jose_fernandes_a_prefeita_-_limpeza_no_entorno_da_caixa_dagua_do_bairro_morada_do_verde.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3376/indicacao_068_2021_-_jose_fernandes_a_prefeita_-_alargamento_das_estradas_da_gurita_do_itajui.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3377/indicacao_069_2021_-_jose_fernandes_a_prefeita_-_recomposicao_de_alevinos_no_rio_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3378/indicacao_070_2021_-_jose_fernandes_a_prefeita_-_calcamento_de_blocos_e_alargamento_da_curva_fechada_do_rio_santo_antonio_da_gurita_do_itajui.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3379/indicacao_071_2021_-_jose_fernandes_a_prefeita_-_ampliacao_da_rede_de_energia_na_bela_mansao_e_calcamento_de_blocos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3380/indicacao_072_2021_-_luciana_a_prefeita_-_revisacao_na_iluminacao_no_bairro_pq._morada_da_serra.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3381/indicacao_073_2021_-_jaqueline_a_prefeita_-_reajuste_salarial_de_toda_a_linha_de_frente_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3382/indicacao_074_2021_-_jose_fernandes_a_prefeita_-_indicacoes_de_onde_utilizar_um_recurso_do_dep._antonio_carlos_arantes.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3383/indicacao_075_2021_-_jose_fernandes_a_prefeita_-_possibilidade_de_aumentar_o_salario_de_todos_os_funcionarios_publicos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3384/indicacao_076_2021_-_jose_fernandes_a_prefeita_-_seja_arrumada_o_trecho_da_estrada_de_peixoto.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3385/indicacao_077_2021_-_jose_fernandes_a_prefeita_-_seja_arrumada_a_estrada_da_bateinha_e_do_morro_do_limao.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3386/indicacao_078_2021_-_jose_fernandes_a_prefeita_-_seja_dada_manutencao_na_estrada_da_mata_do_amazilio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3689/indicacao_079_2021_-_delson_a_prefeita_-_iluminacao_da_praca_n_s_dos_remedios.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3690/indicacao_080_2021_-_delson_a_prefeita_-_providencie_aparelhos_de_transmissao_de_tv.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3691/indicacao_081_2021_-_fransergio_a_prefeita_-_colocado_estacionamento_de_mao_unica_na_rua_joao_soares.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3692/indicacao_082_2021_-_fransergio_a_prefeita_-_proibir_estacionar_no_entroncamento_da_rua_pedro_jose_venancio_de_andrade_com_a_praca_dr._lafaiete_soares.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3693/indicacao_083_2021_-_sebastiao_a_prefeita_-_lombada_na_estrada_principal_sentido_fazenda_do_dr._fernando_proximo_do_loteamento_recanto_das_garcas_e_placas_indicativas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3701/indicacao_084_2021_-_delson_a_prefeita_-_solicita_cacamba_para_colocar_lixo_na_entrada_de_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3702/indicacao_085_2021_-_ana_a_prefeita_-_solicita_que_seja_elaborado_pl_de_regulamento_da_atividade_off-road_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3703/indicacao_086_2021_-_ana_a_prefeita_-_solicita_que_seja_elaborado_pl_referente_a_apolicacao_de_penalidades_sobre_abandono_de_animais.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3711/indicacao_088_2021_-_luciana_a_prefeita_-_lombadas_enfrente_ao_restaurante_do_mamao_e_deposito_constrular.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3712/indicacao_089_2021_-_jaqueline_a_prefeita_-_solicita_que_seja_molhado_com_caminhao_pipa_os_logradouros_que_nao_tem_asfalto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3713/indicacao_090_2021_-_jaqueline_a_prefeita_-_solicita_manutencao_no_calcamento_de_bloquete_no_bairro_nossa_senhora_aparecisda_e_tambem_proximo_ao_deposito_lm.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3714/indicacao_091_2021_-_jaqueline_a_prefeita_-_trasnporte_escolar_para_os_estudantes_dos_bairros_mais_afastados.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3715/indicacao_092_2021_-_jaqueline_a_prefeita_-_que_seja_molhado_com_caminhao_pipa_o_bairro_recanto_por_do_sol_em_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3716/indicacao_093_2021_-_jaqueline_a_prefeita_-_que_seja_dada_mantencao_de_limpeza_na_quadra_da_escola_de_olhos_dagua.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3717/indicacao_094_2021_-_jaqueline_a_prefeita_-_que_seja_instalado_iluminacao_no_parquinho_da_avenida_padre_ivo_soares_de_matos.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3718/indicacao_095_2021_-_luciana_a_prefeita_-_seja_disponibilizado_uniformes_adequados_aos_coletores_da_usina_de_reciclagem_e_garis.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3733/indicacao_096_2021_-_mauro_cesar_a_prefeita_-_manutencao_na_lombada_da_avenida_de_frente_a_casa_da_silma_dentista.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3734/indicacao_097_2021_-_jaqueline_a_prefeita_-_solicita_manutencao_no_calcamento_de_bloquete_da_praca_central.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3735/indicacao_098_2021_-_jaqueline_a_prefeita_-_solicita_cacamba_para_bela_mansao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3736/indicacao_099_2021_-_analdo_a_prefeita_-_solicita_aumento_do_vale_alimentacao_para_25000_reais_para_o_ano_de_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3756/indicacao_100_2021_-_luciana_a_prefeita_-_sugere_que_seja_revisto_contrato_do_tecnico_responsavel_pela_manutencao_dos_aparelhos_da_saude.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3757/indicacao_101_2021_-_luciana_a_prefeita_-_veja_a_possibilidade_de_refazer_o_organograma_do_funcionalismo_publico_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3758/indicacao_102_2021_-_jose_fernandes_a_prefeita_-_providencie_reparo_na_ponte_de_madeira_que_foi_reformada_recentemente_na_regiao_do_garimpo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3759/indicacao_103_2021_-_jose_fernandes_a_prefeita_-_providencie_dois_caminhoes_de_cascalho_para_jogar_na_ponte_chegando_na_propriedade_do_sr._tiao_do_lunga.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3361/lei_municipal_n.o_2.455-2021_-_institui_o_programa_de_regularizacao_fundiaria_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3226/lei_municipal_n.o_2.456-2021-_recomposicao_salarial_-_625_-_ipca.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3301/lei_municipal_n.o_2.457-2021_-_institui_o_programa_de_recuperacao_fiscal_da_divida_ativa-_prorefis_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3302/lei_municipal_n.o_2.458-2021_-_dispoe_sobre_ddoacao_de_terreno_-_creche_distrito_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3303/lei_municipal_n.o_2.459-2021_-_dispoe_sobre_a_cessao_de_bens_publicos_-_associacao_maos_da_canastra.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3304/lei_municipal_n.o_2.460-2021_-_protocolo_de_intencoes_para_adquirir_vacinas_-_covid_19.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3305/lei_municipal_n.o_2.461-2021_-_abertura_de_credito_especial_r_40.00000.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3336/lei_municipal_n.o_2.462-2021_-_consorcio_intermunicipal_-_cislagos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3337/lei_municipal_n.o_2.463-2021_-_fornecimento_de_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3338/lei_municipal_n.o_2.464-2021_-_dispoe_sobre_a_criacao_do_conselho_-_cacs-fundeb.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3339/lei_municipal_n.o_2.465-2021_-_autoriza_firmar_convenio_de_cooperacao_-_lsvp.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3356/lei_municipal_n.o_2.466-2021_-_cessao_de_bens_publicos_ao_lsvp_de_delfinopolis.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3365/lei_municipal_n.o_2.467-2021_-_estancia_rio_grande_cavalinho_veiaco_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3388/lei_municipal_n.o_2.468-2021_-_fixa_os_valores_do_plantoes_medicos_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3389/lei_municipal_n.o_2.469-2021_-_declara_utlidade_publica_e_cencede_auxilio_financeiro_-_patas_da_canastra_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3390/lei_municipal_n.o_2.470-2021_-_suspencao_da_cobranca_de_iluminacao_publica_-_bairros_e_distritos_de_delfinopolis_camara_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3808/lei_municipal_n.o_2.471-2021_-_ratifica_a_alteracao_do_contrato_de_consorcio_da_ameg.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3809/lei_municipal_n.o_2.472-2021_-_majoracao_do_limite_de_abertura_de_creditos_adicionais_suplementares_-_orcamento_2021_-_6.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3810/lei_municipal_n.o_2.473-2021_-_concede_auxilio_financeiro_ao_sindicato_dos_empregados_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3811/lei_municipal_n.o_2.474-2021_-_aquisicao_de_terreno_-_conego_marinho_final.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3812/lei_municipal_n.o_2.475-2021_-_autorza_abertura_de_credito_adicional_suplmentar_no_orcamento_vigente_-_vale.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3813/lei_municipal_n.o_2.476-2021_-_altera_redacao_paragrafo_unico_lei_municipal_2.416-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3814/lei_municipal_n.o_2.477-2021_-_altera_art._2.o_e_acrescenta__na_lei_2.363-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3815/lei_municipal_n.o_2.478-2021_-_recomposicao_salarial_aos_empregados_municipais_-_824.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3816/lei_municipal_n.o_2.479-2021-_recomposicao_salarial_aos_profissionais_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3817/lei_municipal_n.o_2.480-2021_-_autoriza_a_majoracao_do_limite_de_abertura_de_credito_-_4.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3818/lei_municipal_n.o_2.481-2021_-_denominacao_de_rua_1_-_residencial_brasil_-_rua_cleuza_aparecida_garcia_de_souza.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3819/lei_municipal_n.o_2.482-2021_-_cria_novos_codigos_e_altera_lei_12421994_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3820/lei_municipal_n.o_2.483-2021_-_proibicao_do_uso_deaeronaves_na_pulverizacao_agricola_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3821/lei_municipal_n.o_2.484-2021_-_transferencia_de_area_rural_para_urbana_-_praia_da_pedra.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3822/lei_municipal_n.o_2.485-2021_-_autoriza_o_municipio_a_firmar_convenios_termos_de_parcerias_e_manter_filiacoes-_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3823/lei_municipal_n.o_2.486-2021_-_permuta_lotes_62-83_-_olhos_dagua_da_canastra.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3824/lei_municipal_n.o_2.487-2021_-_aumento_da_margem_para_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3825/lei_municipal_n.o_2.488-2021_-_dispoe_sobre_as_diretrizes_para_elaboaracao_da_lei_orcamentaria_2022_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3826/lei_municipal_n.o_2.489-2021_-_dispoe_sobre_o_plano_plurianual_2022-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3827/lei_municipal_n.o_2.490-2021_-_estima_receita_e_fixa_despesa__para_o_execicio_financeiro_de_2022_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3222/portaria_001_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3223/portaria_002_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3225/portaria_003_2021_-_exonera_joao.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3260/portaria_004_2021_-_nomeia_cleidisson.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3261/portaria_005_2021_-_comissao_de_desfazimento_de_bens.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3262/portaria_006_2021_-_declaracao_de_desfazimento_de_bens.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3294/portaria_007_2021_-_horario_de_funcionamento.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3295/portaria_008_2021_-_exonera_cleidisson.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3296/portaria_009_2021_-_nomeia_alessandro.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3332/portaria_010_2021_-_exonera_adelita_do_cargo_de_diretora.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3333/portaria_011_2021_-_nomeia_fabio.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3341/portaria_012_2021_-_institui_nomeia_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3342/portaria_013_2021_-_exonera_dr._reynaldo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3343/portaria_014_2021_-_nomeia_dr._caue.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3355/portaria_016_2021_-_insitui_comissao_de_processo_administrativo_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3771/portaria_n.o_017-2021_-_prorroga_prazo_para_conclusao_dos_trabalhos_da_comissao_do_pad_001-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3772/portaria_n.o_018-2021_-_dispoe_sobre_a_suspensao_dos_trabalhos_em_relacao_l.r.s_e_ao_j.b.a.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3224/projeto_de_lei_001_2021_-_recomposicao_salarial_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3227/projeto_de_lei_002_2021_-_prorefis.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3228/projeto_de_lei_003_2021_-_doacao_de_terreno_para_o_centro_de_educacao_infantil_geanderson_miranda_reinaldo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3229/projeto_de_lei_004_2021_-_cessao_de_bens_a_aaadmc.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3264/projeto_de_lei_005_2021_-_abertura_de_credito_especial_r40.00000.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2022/3285/projeto_de_lei_006_2021_-_vacinas_contra_o_covid.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3293/projeto_de_lei_007_2021_-_cislagos.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3306/projeto_de_lei_008_2021_-_criacao_do_cacs_-_fundeb.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3307/projeto_de_lei_009_2021_-_cessao_de_bens_publicos.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3308/projeto_de_lei_010_2021_-_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3312/projeto_de_lei_011_2021_-_convenio_com_o_lar_sao_vicente_de_paulo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3313/projeto_de_lei_012_2021_-_transferencia_de_area_rural_para_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3366/projeto_de_lei_013_2021_-_fixa_valores_dos_plantoes_medicos.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3367/projeto_de_lei_014_2021_-_suspensao_da_cobranca_de_cip_em_olhos_dagua_-_delson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3387/projeto_de_lei_015_2021_-_autoriza_o_executivo_conceder_auxilio_financeiro_a_patas_da_canastra.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3398/projeto_de_lei_016_2021_-_auxilio_financeiro_ao_sindicato_dos_empregados_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3397/projeto_de_lei_017_2021_-_altera_contrato_de_consorcio_da_ameg.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3700/projeto_de_lei_018_2021_-_altera_a_redacao_do_art._5o_da_lei_2.260.2015_para_ampliar_o_prazo_de_vedaca_e_alienacao_para_15_anos.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3685/projeto_de_lei_019_2021_-_autoriza_majoracao_de_credito_adicionais_suplementares.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_lei_020_2021_-_autoriza_o_poder_executivo_adquirir_um_lote_urbano.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3694/projeto_de_lei_021_2021_-_regularizacao_das_escrituras_no_bairro_morada_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3695/projeto_de_lei_022_2021_-_pulveirzacao_aerea.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3696/projeto_de_lei_023_2021_-_dispoe_sobre_transferencia_de_area_rural_para_o_perimetro_urbano-13-09-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3719/projeto_de_lei_024_2021_-_altera_e_acrescenta__na_lei_da_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3720/projeto_de_lei_025_2021_-_autoriza_abertura_de_credito_adicional_suplementar_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3721/projeto_de_lei_026_2021_-_ldo_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3722/projeto_de_lei_027_2021_-_loa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3723/projeto_de_lei_028_2021_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3724/projeto_de_lei_029_2021_-_denomina_rua_1_de_rua_cleuza_no_loteamento_residencial_brasil.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3725/projeto_de_lei_030_2021_-_proibe_queima_de_fogos_de_artificio_a_100m_de_areas_urbanizadas.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3726/projeto_de_lei_031_2021_-_fixa_o_subsidios_dos_secretarios_municipais_para_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3727/projeto_de_lei_032_2021_-_autoriza_o_municipio_a_firmar_convenios_parcerias_no_exercicio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3738/projeto_de_lei_033_2021_-_dispoe_sobre_a_recomposicao_salarial_aos_empregados_municipais.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3739/projeto_de_lei_034_2021_-_concessao_de_recomposicao_salarial_aos_proficionais_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3741/projeto_de_lei_035_2021_-_autoriza_permuta_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3742/projeto_de_lei_036_2021_-_criacao_de_programa_de_acesso_a_tratamento_odontologico.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3744/projeto_de_lei_037_2021_-_dispoe_sobre_as_criacao_de_novos_codigos_e_secoes_de_logradouros.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3746/projeto_de_lei_038_2021_-_autoriza_majoracao_de_credito_adicionais_suplementares.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3749/projeto_de_lei_039_2021_-_dispoe_sobre_o_limite_percentual_de_consignacao_em_folha.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3340/projeto_de_lei_complementar_001_2021_-_altera_atribuicoes_do_cargo_de_assessora_de_comunicacao_e_informatica.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3409/projeto_de_lei_complementar_002_2021_-_altera_o_provimento_do_emprego_de_encarregado_da_mecanica.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3230/requerimento_001_2021_-_jose_fernandes_a_prefeita_-_matadouro.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3231/requerimento_002_2021_-_sebastiao_a_prefeita_-_informacao_sobres_um_poste_de_babilonia.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3232/requerimento_003_2021_-_jaqueline_a_prefeita_-_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3283/requerimento_004_2021_-_mauro_a_prefeita_-_horas_extras.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3291/requerimento_005_2021_-_ana_trindade_a_prefeita-_solicita_informacoes_de_servidoras_da_camara.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3292/requerimento_006_2021_-_analdo_a_prefeita_requer_que_o_executivo_cumpra_a_lei_no_2.240.2015.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3297/requerimento_007_2021_-_analdo_a_prefeita_-_cessao_de_servidores.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3298/requerimento_008_2021_-_mauro_a_prefeita_sobre_a_terceirizacao_da_balsa.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3314/requerimento_009_2021_-_jose_fernandes_a_prefeita_-_relatorio_do_pessoal_que_trabalha_em_estrada.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3315/requerimento_010_2021_-_jose_fernandes_a_prefeita_-copias_de_toda_as_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3318/requerimento_011_2021_-_ana_maria_a_prefeita_-_loteamentos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3316/requerimento_012_2021_-_jose_fernandes_a_prefeita_-_covid.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3317/requerimento_013_2021_-_jose_fernandes_a_prefeita_-_limpezas_das_bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3351/requerimento_014_2021_-_mauro_a_prefeita_-_convenios_pendentes.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3352/requerimento_015_2021_-_ana_maria_a_prefeita_-_copia_do_convenio_com_a_pm.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3368/requerimento_016_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_os_parquinhos_da_avenida.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3369/requerimento_017_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_o_processo_de_terceirizacao_da_balsa.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3370/requerimento_018_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_obras_publicas.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3371/requerimento_019_2021_-_mauro_cesar_a_prefeita_-_copia_do_projeto_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3372/requerimento_020_2021_-_mauro_cesar_a_prefeita_-_copia_dos_recursos_advindos_para_a_saude.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3399/requerimento_021_2021_-_jose_fernandes_a_prefeita_-_informacoes_da_rede_eletrica_na_localidade_da_mata_do_amazilio.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3400/requerimento_022_2021_-_jose_fernandes_a_prefeita_-_informacoes_sobre_o_orcamento_de_caminhao_prancha_e_abastecimento.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3401/requerimento_023_2021_-_luciana_a_prefeita_-_informacoes_sobre_a_compra_de_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3402/requerimento_024_2021_-_jaqueline_a_prefeita_-_informacoes_sobra_a_area_odontologica_do_setor_de_saude_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3403/requerimento_025_2021_-_sebastiao_a_prefeita_-_informaoes_sobre_o_setor_de_saude.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3396/requerimento_026_2021_-_delson__-_solicita_urgencia_ao_pl_014.2021_de_sua_autoria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3406/requerimento_030_2021_-_jaqueline_a_prefeita_-_qual_o_motivo_de_o_municipio_nao_ter_uma_central_de_atendimento_de_sintomas_gripais_e_suspeito_por_covid.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3407/requerimento_031_2021_-_fransergio_a_prefeita_-_informacoes_sobre_a_terceirizacao_da_balsa_do_gloria_e_do_remanejamento_dos_seus_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3408/requerimento_032_2021_-_sebastiao_a_prefeita_-_informaoes_sobre_a_terceirizacao_da_balsa.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3708/requerimento_033_2021_-_luciana_a_prefeita_-_informacoes_sobre_a_disponibilizacao_do_kit_merenda.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3728/requerimento_034_2021_-_jaqueline_a_prefeita_-_processo_de_pavimentacao_da_avenida_que_desvia_o_transito_pesado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3730/requerimento_037_2021_-_mauro_cesar_a_prefeita_-_informacoes_sobre_o_predio_da_inclusao_social.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3731/requerimento_038_2021_-_jaqueline_silva_a_prefeita_-_informacoes_sobre_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3751/requerimento_042_2021_-_mesa_diretora_ao_plenario_-_solicita_regime_de_urgencia_ao_projeto_de_resolucao_013_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3770/requerimento_043_2021_-_mesa_diretora_ao_plenario_-_solicita_urgencia_ao_pr_004_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3284/resolucao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3287/resolucao_002_2021_-_repasse_de_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3705/resolucao_n.o_003-2021_-_prestacao_de_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3706/resolucao_n.o_004-2021_-_altera_artigo_8o_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3707/resolucao_n.o_005-2021_-_prestacao_de_contas_2019.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3740/resolucao_n.o_006-2021_-_dispoe_sobre_o_adiantamento_para_pequenas_despesas_de_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3755/resolucao_n.o_007-2021_-_dispoe_sobre_o_pagamento_de_13o_subsidio_aos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3754/resolucao_n.o_008-2021_-_aplicacao_do_indice_inflacionario_estabelecido_na_lei_2.399-2019_sobre_o_valor_do_auxilio_financeiro.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3760/resolucao_n.o_009_2021_-__dispoe_sobre_aplicacao_de_inflacao_ao_auxilio_financeiro_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3761/resolucao_n.o_010_2021_-__dispoe_sobre_a_recomposicao_salarial_dos_servidore_da_camara_-_14-12-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3763/resolucao_n.o_011_2021_-__dispoe_sobre_o_limite_de_percentual_de_consignacao_dos_vereadores_e_servidores_da_camara_-_20-12-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3263/projeto_de_resolucao_001_2021_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3286/projeto_de_resolucao_002_2021_-_repasse_de_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3309/projeto_de_resolucao_003_2021_-_prestacao_de_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3697/projeto_de_resolucao_004_2021_-_cria_a_comissao_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3698/projeto_de_resolucao_005_2021_-_altera_artigo_8o_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3699/projeto_de_resolucao_006_2021_-_altera_artigo_22_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3704/projeto_de_resolucao_007_2021_-_dispoe_sobre_a_aprovacao_das_contas_do_municipio_de_delfinopolis_relativo_ao_ano_de_2019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3737/projeto_de_resolucao_008_2021_-_aplicacao_de_indice_inflacionario_no_auxilio_alimentacao_dos_servidores_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3732/projeto_de_resolucao_009_2021_-_dispoe_sobre_adiantamento_de_despesas_de_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3743/projeto_de_resolucao_010_2021_-_dispoe_sobre_concessao_de_13o_a_vereadores.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3752/projeto_de_resolucao_012_2021_-_dispoe_sobre_concessao_de_recomposicao_salarial_ao_sevidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3753/projeto_de_resolucao_013_2021_-_aplicacao_do_indice_inflacionario_sobre_o_valor_do_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3764/projeto_de_resolucao_014_2021_-_dispoe_sobre_o_limite_do_percentual_de_consignacao_dos_vereadores_e_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3404/proposta_de_emenda_001_2021_a_proposta_de_emenda_a_lei_organica_001_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3405/proposta_de_emenda_002_2021_ao_projeto_de_resolucao_006_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3687/proposta_de_emenda_003_2021_ao_projeto_de_lei_019_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3765/proposta_de_emenda_004_2021_ao_projeto_de_lei_027_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3766/proposta_de_emenda_005_2021_ao_projeto_de_lei_031_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3767/proposta_de_emenda_006_2021_ao_projeto_de_lei_027_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3768/proposta_de_emenda_007_2021_ao_projeto_de_lei_027_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2021/3769/proposta_de_emenda_008_2021_ao_projeto_de_lei_027_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H280"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="240" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="239.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>