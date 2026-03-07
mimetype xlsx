--- v0 (2025-12-24)
+++ v1 (2026-03-07)
@@ -54,1529 +54,1529 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Danilo Araújo Santos</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/186/decreto-001-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/186/decreto-001-2015.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores para a 18° Legislatura.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>Indi.</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Adriano</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/305/indica-o-001-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/305/indica-o-001-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Adriano ao Prefeito.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/306/indica-o-002-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/306/indica-o-002-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Mauro a Presidente.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/307/indica-o-003-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/307/indica-o-003-2015.pdf</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Marta</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/308/indica-o-004-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/308/indica-o-004-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Marta a Presidente.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/309/indica-o-005-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/309/indica-o-005-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Adriano a Presidente.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/310/indica-o-006-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/310/indica-o-006-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Analdo a Presidente.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>José Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/311/indica-o-007-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/311/indica-o-007-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernandes a Presidente.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/312/indica-o-008-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/312/indica-o-008-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador José Fernades a Presidente.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/313/indica-o-009-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/313/indica-o-009-2015.pdf</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/314/indica-o-010-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/314/indica-o-010-2015.pdf</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/315/indica-o-011-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/315/indica-o-011-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Maria Beatriz ao Prefeito.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Giselda</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/316/indica-o-012-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/316/indica-o-012-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Giselda ao Prefeito.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/317/indica-o-013-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/317/indica-o-013-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Mauro ao Prefeito.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/318/indica-o-014-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/318/indica-o-014-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelos Vereadores Analdo e Delson a Presidente.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Gilvane</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/319/indica-o-015-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/319/indica-o-015-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Gilvane a Presidente.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/321/indica-o-016-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/321/indica-o-016-2015.pdf</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/322/indica-o-017-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/322/indica-o-017-2015.pdf</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/323/indica-o-018-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/323/indica-o-018-2015.pdf</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/324/indica-o-019-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/324/indica-o-019-2015.pdf</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/325/indica-o-020-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/325/indica-o-020-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelos Vereadores Analdo e Delson ao Prefeito.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/326/indica-o-021-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/326/indica-o-021-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pela Vereadora Marta ao Prefeito.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/327/indica-o-022-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/327/indica-o-022-2015.pdf</t>
   </si>
   <si>
     <t>Indicação feita pelo Vereador Analdo ao Prefeito.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>Leis</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
     <t>Pedro Paulo Pinto</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/407/lei-municipal-2218-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/407/lei-municipal-2218-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DE ÁREA RURAL PARA O PERÍMETRO URBANO DO MUNICÍPIO DE DELFINÓPOLIS, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/408/lei-municipal-2219-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/408/lei-municipal-2219-2015.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ARTIGOS 1.°, 2.°, 3.°, 4.° E 5.°; REVOGA ARTIGO 6.° E 7.° TODOS DA LEI MUNICIPAL N.° 1.920/2009</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/462/lei-municipal-2221-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/462/lei-municipal-2221-2015.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENDA E DISPOSITIVOS DA LEI MUNICIPAL N.°2.176/2014 QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/409/lei-municipal-2222-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/409/lei-municipal-2222-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 1.° DA LEI MUNICIPAL N° 2.204/2014, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/463/lei-municipal-2223-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/463/lei-municipal-2223-2015.pdf</t>
   </si>
   <si>
     <t>ALTERA A REMUNERAÇÃO DOS EMPREGOS CRIADOS PELA LEI MUNICIPAL N.° 2.220, DE 06 DE MARÇO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/410/lei-municipal-2224-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/410/lei-municipal-2224-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DO SOLO PARA CHACREAMENTO DE RECREIO NO MUNICÍPIO DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/464/lei-municipal-2225-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/464/lei-municipal-2225-2015.pdf</t>
   </si>
   <si>
     <t>Dá denominação pa rua, do loteamento Alto da Colina, no Município de Delfinópolis (MG), para "Ozório Anastácio de Souza", e dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/411/lei-municipal-2226-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/411/lei-municipal-2226-2015.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao Artigo 3°.da Lei N°2.175/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/412/lei-municipal-2227-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/412/lei-municipal-2227-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de área rural para o perímetro urbano do Município de Delfinópolis, como nesta se especifica.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>Estabelece a prioridade para a travessia na Balsa e dá outras providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/466/lei-municipal-2229-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/466/lei-municipal-2229-2015.pdf</t>
   </si>
   <si>
     <t>Regulamenta o acesso e fiscalização dos Vereadores aos Órgãos Públicos da administração direta e indireta do Município de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/413/lei-municipal-2230-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/413/lei-municipal-2230-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a descaracterização de área integrante do perímetro urbano para a zona rural do Distrito de Babilônia neste Município de Delfinópolis, como nesta se especifica.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/414/lei-municipal-2231-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/414/lei-municipal-2231-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo a utilizar recursos, proveniente de alienaçãode bens imóveis, para aquisição de um veículo, tipo ônibus, como nesta se especifica.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/415/lei-municipal-2234-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/415/lei-municipal-2234-2015.pdf</t>
   </si>
   <si>
     <t>Estabelece o valor da remuneração dos cargos de agente comunitário de saúde (ACS) e de agente de combate as endemias (ACE), de acordo com a Lei Federal N.° 12.994/2014 e dá outras providências.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/416/lei-municipal-2235-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/416/lei-municipal-2235-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização de concessão de gratificação, como nesta se especifica.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/417/lei-municipal-2237-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/417/lei-municipal-2237-2015.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei N°2.224 de 31 de Maio de 2015 do Município de Delfinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/418/lei-municipal-2238-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/418/lei-municipal-2238-2015.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Caput do Artigo 1° da Lei Municipal N°2.228/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/3064/lei_municipal_2239_2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/3064/lei_municipal_2239_2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prevenção e o combate aos vetores biológicos de doenças infecciosas, aos animais peçonhentos e as zoonoses no Município de Delfinópolis, Minas Gerais.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/419/lei-municipal-2240-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/419/lei-municipal-2240-2015.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Decenal de Educação - PME e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/420/lei-municipal-2241-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/420/lei-municipal-2241-2015.pdf</t>
   </si>
   <si>
     <t>Regulamenta o programa de recuperação de créditos do Município de Delfinópolis inscritos em dívida ativa, instituido pela Lei N°2.125/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/421/lei-municipal-2242-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/421/lei-municipal-2242-2015.pdf</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/422/lei-municipal-2243-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/422/lei-municipal-2243-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre suplementação de dotação orçamentária no exercício vigente e dá outras providências.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/423/lei-municipal-2244-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/423/lei-municipal-2244-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/424/lei-municipal-2245-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/424/lei-municipal-2245-2015.pdf</t>
   </si>
   <si>
     <t>Transforma o cargo público efetivo de operário da central de reciclagem e compostagem de lixo no cargo público efetivo de ajudante geral, no quadro de empregos da Prefeitura Municipal e dá oiutras providências.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/425/lei-municipal-2246-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/425/lei-municipal-2246-2015.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 3° da Lei Municipal N°2.245/2015, de 14 de Agosto de 2015.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/426/lei-municipal-2247-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/426/lei-municipal-2247-2015.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1° da Lei Municipal N°1904, de 23 de Abril de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/427/lei-municipal-2248-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/427/lei-municipal-2248-2015.pdf</t>
   </si>
   <si>
     <t>Ratifica a adesão do Município de Delfinópolis ao protocolo de intenções do consórcio público para o desenvolvimento do café e dá outras providências.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/428/lei-municipal-2249-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/428/lei-municipal-2249-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alienar imóvel pertencente ao patrimônio Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/429/lei-municipal-2250-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/429/lei-municipal-2250-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração área como zona habitacional de interesse social (ZHIS), como nesta se especifica.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/430/lei-municipal-2251-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/430/lei-municipal-2251-2015.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Caput do Artigo 2° da Lei Municipal N°1.574, de 09 de Junho de 2003 e dá outras providências.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/431/lei-municipal-2252-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/431/lei-municipal-2252-2015.pdf</t>
   </si>
   <si>
     <t>Adiciona parágrafo único ao Artigo 1° da Lei Municipal N°1.574, de 09 de Junho de 2003, e dá outras providências.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/432/lei-municipal-2253-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/432/lei-municipal-2253-2015.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei 2.037/2011, que dispõe sobre a autorização de cessão de uso de imóvel, como nesta se especifica.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/433/lei-municipal-2254-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/433/lei-municipal-2254-2015.pdf</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/434/lei-municipal-2255-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/434/lei-municipal-2255-2015.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 8° da Lei Municipal N°2.239/2015, de 23 de Junho de 2015.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/435/lei-municipal-2256-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/435/lei-municipal-2256-2015.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito e do Vice-Prefeito para o mandato de 2017 a 2020.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/436/lei-municipal-2257-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/436/lei-municipal-2257-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do executivo a utilizar recursos, proveniente de alienação de bens imóveis, para reforma e ampliação de sanitários públicos, como nesta se especifica.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/437/lei-municipal-2258-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/437/lei-municipal-2258-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de novos códigos e seções de logradouros para cobrança de IPTU e dá outras providências.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/438/lei-municipal-2259-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/438/lei-municipal-2259-2015.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 1° da Lei N°2.225/2015.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/439/lei-municipal-2260-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/439/lei-municipal-2260-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do executivo a doar lotes de terrenos urbanos do município para fins de construção de casa própria e dá outras providências.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/440/lei-municipal-2261-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/440/lei-municipal-2261-2015.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Delfinópolis para o exercício financeiro de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/441/lei-municipal-2262-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/441/lei-municipal-2262-2015.pdf</t>
   </si>
   <si>
     <t>Concede subvenções e contribuições para o exercício financeiro de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/442/lei-municipal-2263-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/442/lei-municipal-2263-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a alienar lotes urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>Leis Municipais Complementares</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/294/lei_complementar_001_2015_7TO1k3D.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/294/lei_complementar_001_2015_7TO1k3D.pdf</t>
   </si>
   <si>
     <t>Dá novas denominações aos Empregos Efetivos de Auxiliar Administrativo I e III e ao Emprego Efetivo de Auxiliar da Horta Municipal, reduz o número de vagas do Emprego Efetivo de Tratorista , consolida cargos em Comissão e aos Empregos Efetivos , e dispõe sobre atribuições  dos Cargos em Comissão e dos Empregos Efetivos do Município de Delfinópolis, na forma que especifica.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/295/lei-complementar-002-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/295/lei-complementar-002-2015.pdf</t>
   </si>
   <si>
     <t>Dá novas denominações aos Empregos Efetivos de Auxiliar de Biblioteca, Auxiliar de Educação, Auxiliar de  Turismo e Recepcionista, reduz o número de vagas do Emprego Efetivo de Professor de Música e de Professor de Curso Profissionalizante, na forma que especifica.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/296/lei-complementar-2232-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/296/lei-complementar-2232-2015.pdf</t>
   </si>
   <si>
     <t>Altera as redações das letras "a" e "b"e do §2°,  todos do inciso II do Art. 156 da Lei Complementar Municipal  n° 645/80, o Código de Posturas do Município de Delfinópolis, adiciona o inciso III e §3° ao mesmo dispositivo e revoga o Art. 157 da mesma Lei e dá outras providências.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>Portarias do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/1874/portaria-001-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/1874/portaria-001-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre designação de Membros da Comissão de Controle Interno da Câmara Municipal de Delfinópolis (MG).</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/443/portaria-003-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/443/portaria-003-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação de pessoa para ocupar cargo em Comissão, como nesta se especifica.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/370/projeto-de-lei-005-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/370/projeto-de-lei-005-2015.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ARTIGOS 1.°, 2.°, 3.°, 4.° E 5.°; REVOGA ARTIGOS 6.° E 7.° TODOS DA LEI MUNICIPAL N.° 1920/2009.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/371/projeto-de-lei-006-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/371/projeto-de-lei-006-2015.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA, DO LOTIAMENTO ALTO DA COLINA, NO MUNÍCIPIO DE DELFINÓPOLIS (MG), PARA "OZÓRIO ANASTÁCIO DE SOUZA", E DÁ PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Delson Pereira Machado</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/372/projeto-de-lei-007-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/372/projeto-de-lei-007-2015.pdf</t>
   </si>
   <si>
     <t>ALTERA DENOMINAÇÃO DA RUA TENENTE JOSÉ SOARES NO MUNICÍPIO DE DELFINÓPOLIS (MG), PARA "ARTUR DE ABREU", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/373/projeto-de-lei-009-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/373/projeto-de-lei-009-2015.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 3.° DA LEI Nº 2.175/2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/374/projeto-de-lei-010-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/374/projeto-de-lei-010-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL N° 2.204/2014, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/375/projeto-de-lei-011-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/375/projeto-de-lei-011-2015.pdf</t>
   </si>
   <si>
     <t>ALTERA A REMUNERAÇÃO DOS EMPREGOS CRIADOS PELA LEI MUNICIPAL N.º 2.220, DE 06 DE MARÇO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/376/projeto-de-lei-012-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/376/projeto-de-lei-012-2015.pdf</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/377/projeto-de-lei-013-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/377/projeto-de-lei-013-2015.pdf</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/378/projeto-de-lei-014-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/378/projeto-de-lei-014-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE EMPREGOS NO QUADRO DE EMPREGOS E SALÁRIOS DA PREFEITURA MUNICIPAL DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/379/projeto-de-lei-015-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/379/projeto-de-lei-015-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/380/projeto-de-lei-016-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/380/projeto-de-lei-016-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESCARACTERIZAÇÃO DE ÁREA INTEGRANTE DO PERÍMETRO URBANO PARA A ZONA RURAL DO DISTRITO DE BABILÔNIA, NESTE MUNICÍPIO DE DELFINÓPOLIS, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/382/projeto-de-lei-018-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/382/projeto-de-lei-018-2015.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O VALOR DA REMUNERAÇÃO DOS CARGOS DE AGENTE COMUNITÁRIO DE SAÚDE (ACS) E DE AGENTE DE COMBATE AS ENDEMIAS (ACE), DE ACORDO COM A LEI FEDERAL N.º 12.994/2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/383/projeto-de-lei-019-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/383/projeto-de-lei-019-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE CONCESSÃO DE GRATIFICAÇÃO, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>Todos os Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/384/projeto-de-lei-021-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/384/projeto-de-lei-021-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PREVENÇÃO E O COMBATE AOS VETORES BIÓLOGOS DE DOENÇAS INFECCIOSAS, AOS ANIMAIS PEÇONHETOS E ÀS ZOONOSES NO MUNICÍPIO DE DELFINÓPOLIS, MINAS GERAIS.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/385/projeto-de-lei-022-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/385/projeto-de-lei-022-2015.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N.º 2.224 DE 31 DE MARÇO DE 2015 DO MUNICÍPIO DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/386/projeto-de-lei-023-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/386/projeto-de-lei-023-2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR ACORDO DE PARCELAMENTO DE DÉBITO JUNTO AO FUNDO DE GARANTIA POR TEMPO DE SERVIÇO  -  FGTS  -  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/387/projeto-de-lei-024-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/387/projeto-de-lei-024-2015.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ART. 1.° DA LEI MUNICIPAL N.º 2.228/2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/388/projeto-de-lei-026-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/388/projeto-de-lei-026-2015.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O PROGRAMA DE RECUPERAÇÃO DE CRÉDITOS DO MUNICÍPIO DE DELFINÓPOLIS INSCRITOS EM DÍVIDA ATIVA, INSTITUIDO PELA LEI N.º 2.125/2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/389/projeto-de-lei-028-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/389/projeto-de-lei-028-2015.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA O CARGO PÚBLICO EFETIVO DE OPERÁRIO DA CENTRAL DE RECICLAGEM E COMPOSTAGEM DE LIXO NO CARGO PÚBLICO EFETIVO DE AJUDANTE GERAL, NO QUADRO DE EMPREGOS DA PREFEITURA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/390/projeto-de-lei-029-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/390/projeto-de-lei-029-2015.pdf</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/391/projeto-de-lei-030-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/391/projeto-de-lei-030-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SUPLEMENTAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA NO EXERCÍCIO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/392/projeto-de-lei-031-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/392/projeto-de-lei-031-2015.pdf</t>
   </si>
   <si>
     <t>RATIFICA A ADESÃO DO MUNICÍPIO DE DELFINÓPOLIS AO PROTOCOLO DE INTENÇÕES DO CONSÓRCIO PÚBLICO PARA O DESENVOLVIMENTO DO CAFÉ E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/393/projeto-de-lei-032-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/393/projeto-de-lei-032-2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR IMÓVEL PERTENCENTE AO PATRIMÔNIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/394/projeto-de-lei-036-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/394/projeto-de-lei-036-2015.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO ZONA HABIRTACIONAL DE INTERESSE SOCIAL - ZHIS, A ÁREA DE 12,10 HA, MATRÍCULA JUNTO AO CRI DE CÁSSIA/MG N.º 23.619, DE PROPRIEDADE DO MUNICÍPIO DE DELFINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/395/projeto-de-lei-037-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/395/projeto-de-lei-037-2015.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 3.° LEI MUNICIPAL N.° 2.245/2015, DE 14 DE AGOSTO DE 2015.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>ADICIONA PARÁGRAFO AO ARTIGO 2.° DA LEI MUNICIPAL N.° 1.574, DE 09 DE JUNHO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 REPROVADO EM 17/09/2015.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/397/projeto-de-lei-039-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/397/projeto-de-lei-039-2015.pdf</t>
   </si>
   <si>
     <t>ADICIONA PARÁGRAFO ÚNICO AO ARTIGO 1.° DA LEI MUNICIPAL N.° 1.574, DE 09 DE JUNHO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/398/projeto-de-lei-040-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/398/projeto-de-lei-040-2015.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ARTIGO 2.° DA LEI MUNICIPAL N.° 1.574, DE 09 JUNHO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/399/projeto-de-lei-041-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/399/projeto-de-lei-041-2015.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI 2.037/2011, QUE DISPÕE SOBRE A AUTORIZAÇÃO DE CESSÃO DE USO DE IMÓVEL, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/400/projeto-de-lei-043-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/400/projeto-de-lei-043-2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO A UTILIZAR RECURSOS, PROVENIENTE DE ALIENÇÃO DE BENS IMÓVEIS, PARA REFORMA E APLICAÇÃO DE SANITÁRIOS PUBLICOS, COMO NESTA SE ESPECIFICA.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/401/projeto-de-lei-044-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/401/projeto-de-lei-044-2015.pdf</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Adriano, Giselda, José Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/402/projeto-de-lei-045-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/402/projeto-de-lei-045-2015.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO E DO VICE-PREFEITO PARA O MANDATO DE 2017 A 2020.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/403/projeto-de-lei-047-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/403/projeto-de-lei-047-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE NOVOS CÓDIGOS E SEÇÕES DE LOGRADOUROS PARA COBRANÇA DE IPTU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/404/projeto-de-lei-049-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/404/projeto-de-lei-049-2015.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO A REDAÇÃO DO ART. 1.º DA LEI N.º 2.225/2015</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/405/projeto-de-lei-053-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/405/projeto-de-lei-053-2015.pdf</t>
   </si>
   <si>
     <t>CONCEDE SUBVENÇÃO E CONTRIBUIÇÃO PARA O EXERCÍCIO FINANCEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/406/projeto-de-lei-054-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/406/projeto-de-lei-054-2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR LOTES URBANOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>Req.</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/328/requerimento-001-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/328/requerimento-001-2015.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Adriano.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/329/requerimento-002-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/329/requerimento-002-2015.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Analdo.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/330/requerimento-003-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/330/requerimento-003-2015.pdf</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>Requerimento feito pelos Vereadores Adriano, Analdo, Delson, Giselda, José Fernandes e Maria Beatriz.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/332/requerimento-006-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/332/requerimento-006-2015.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelos Vereadores Adriano, Delson, Giselda, José Fernandes e Maria Beatriz.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/333/requerimento-007-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/333/requerimento-007-2015.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelos Vereadores Adriano, Analdo, Delson, Giselda, José Fernandes, Maria Beatriz e Mauro.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Gilvane, Giselda, José Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/334/requerimento-008-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/334/requerimento-008-2015.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelos Vereadores Analdo, Delson, Gilvane, Giselda, José Fernandes e Maria Beatriz, Mauro.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/335/requerimento-009-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/335/requerimento-009-2015.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pela Vereadora Marta.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/336/requerimento-010-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/336/requerimento-010-2015.pdf</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/337/requerimento-011-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/337/requerimento-011-2015.pdf</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/338/requerimento-012-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/338/requerimento-012-2015.pdf</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/339/requerimento-013-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/339/requerimento-013-2015.pdf</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/340/requerimento-015-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/340/requerimento-015-2015.pdf</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/341/requerimento-015-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/341/requerimento-015-2015.pdf</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/342/requerimento-016-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/342/requerimento-016-2015.pdf</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/343/requerimento-017-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/343/requerimento-017-2015.pdf</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Analdo. REPROVADO</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>Requerimento feito pelo Vereador Mauro. REPROVADO</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/350/requerimento-024-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/350/requerimento-024-2015.pdf</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Res.</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT, RENUMERA OS §§ 1.° AO 4.° PARA 2.° AO 5.°, E ALTERA A REDAÇÃO DO § 1.°, TODOS DO ART. 144 DO REGIMENTO INTERNO DA CÂMARA DE DELFINÓPOLIS. Resolução Reprovada em 05/03/2017.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 9.° DA RESOLUÇÃO N.° 1/2012. Reprovada em 19/03/2015.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/354/resolu-o-004-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/354/resolu-o-004-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE DELFINÓPOLIS, MINAS GERAIS, NO EXERCÍCIO 2013.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/355/resolu-o-005-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/355/resolu-o-005-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE DELFINÓPOLIS, MINAS GERAIS, NO EXERCÍCIO 2010.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>Adriano, Giselda</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/356/resolu-o-006-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/356/resolu-o-006-2015.pdf</t>
   </si>
   <si>
     <t>FIXA OS VALORES DE DIÁRIAS PARA VEREADORES E SERVIDORES DO PODER LEGISLATIVO DE DELFINÓPOLIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/357/resolu-o-007-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/357/resolu-o-007-2015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE VEÍCULO AUTOMOTOR DA CÂMARA MUNICIPAL DE DELFINÓPOLIS AO MUNICÍPIO DE DELFINÓPOLIS.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/358/resolu-o-008-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/358/resolu-o-008-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MANUTENÇÃO DO VETO AO PROJETO DE LEI COMPLEMENTAR N° 002/2015 QUE REGULAMENTA O ART.61 DA LEI ORGANICA DO MUNICIPIO ESTABELECENDO HIPÓTESES DE IMPEDIMENTO PARA NOMEAÇÃO, CONTRATAÇÃO OU EMPREGOS OU FUNÇÕES NO ÂMBITO DO MUNICIPIO DE DELFINÓPOLIS-MG.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/359/resolu-o-009-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/359/resolu-o-009-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DEVOLUÇÃO DE VALORES À PREFEITURA MUNICIPAL DE DELFINÓPOLIS- MINAS GERAIS.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/360/resolu-o-011-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/360/resolu-o-011-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a devolução de valores à Prefeitura Municipal de Delfinópolis-Minas Gerais.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/361/resolu-o-012-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/361/resolu-o-012-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a devolução de valores a Prefeitura Municipal de Delfinópolis- Minas Gerais.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/362/resolu-o-013-2015.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/362/resolu-o-013-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a devolução de valores à Prefeitura Municipal de Delfinópolis -MG.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1883,67 +1883,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/186/decreto-001-2015.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/305/indica-o-001-2015.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/306/indica-o-002-2015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/307/indica-o-003-2015.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/308/indica-o-004-2015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/309/indica-o-005-2015.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/310/indica-o-006-2015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/311/indica-o-007-2015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/312/indica-o-008-2015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/313/indica-o-009-2015.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/314/indica-o-010-2015.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/315/indica-o-011-2015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/316/indica-o-012-2015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/317/indica-o-013-2015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/318/indica-o-014-2015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/319/indica-o-015-2015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/321/indica-o-016-2015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/322/indica-o-017-2015.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/323/indica-o-018-2015.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/324/indica-o-019-2015.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/325/indica-o-020-2015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/326/indica-o-021-2015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/327/indica-o-022-2015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/407/lei-municipal-2218-2015.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/408/lei-municipal-2219-2015.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/462/lei-municipal-2221-2015.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/409/lei-municipal-2222-2015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/463/lei-municipal-2223-2015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/410/lei-municipal-2224-2015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/464/lei-municipal-2225-2015.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/411/lei-municipal-2226-2015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/412/lei-municipal-2227-2015.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/466/lei-municipal-2229-2015.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/413/lei-municipal-2230-2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/414/lei-municipal-2231-2015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/415/lei-municipal-2234-2015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/416/lei-municipal-2235-2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/417/lei-municipal-2237-2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/418/lei-municipal-2238-2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/3064/lei_municipal_2239_2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/419/lei-municipal-2240-2015.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/420/lei-municipal-2241-2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/421/lei-municipal-2242-2015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/422/lei-municipal-2243-2015.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/423/lei-municipal-2244-2015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/424/lei-municipal-2245-2015.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/425/lei-municipal-2246-2015.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/426/lei-municipal-2247-2015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/427/lei-municipal-2248-2015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/428/lei-municipal-2249-2015.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/429/lei-municipal-2250-2015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/430/lei-municipal-2251-2015.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/431/lei-municipal-2252-2015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/432/lei-municipal-2253-2015.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/433/lei-municipal-2254-2015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/434/lei-municipal-2255-2015.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/435/lei-municipal-2256-2015.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/436/lei-municipal-2257-2015.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/437/lei-municipal-2258-2015.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/438/lei-municipal-2259-2015.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/439/lei-municipal-2260-2015.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/440/lei-municipal-2261-2015.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/441/lei-municipal-2262-2015.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/442/lei-municipal-2263-2015.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/294/lei_complementar_001_2015_7TO1k3D.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/295/lei-complementar-002-2015.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/296/lei-complementar-2232-2015.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/1874/portaria-001-2015.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/443/portaria-003-2015.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/370/projeto-de-lei-005-2015.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/371/projeto-de-lei-006-2015.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/372/projeto-de-lei-007-2015.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/373/projeto-de-lei-009-2015.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/374/projeto-de-lei-010-2015.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/375/projeto-de-lei-011-2015.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/376/projeto-de-lei-012-2015.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/377/projeto-de-lei-013-2015.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/378/projeto-de-lei-014-2015.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/379/projeto-de-lei-015-2015.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/380/projeto-de-lei-016-2015.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/382/projeto-de-lei-018-2015.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/383/projeto-de-lei-019-2015.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/384/projeto-de-lei-021-2015.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/385/projeto-de-lei-022-2015.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/386/projeto-de-lei-023-2015.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/387/projeto-de-lei-024-2015.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/388/projeto-de-lei-026-2015.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/389/projeto-de-lei-028-2015.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/390/projeto-de-lei-029-2015.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/391/projeto-de-lei-030-2015.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/392/projeto-de-lei-031-2015.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/393/projeto-de-lei-032-2015.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/394/projeto-de-lei-036-2015.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/395/projeto-de-lei-037-2015.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/397/projeto-de-lei-039-2015.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/398/projeto-de-lei-040-2015.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/399/projeto-de-lei-041-2015.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/400/projeto-de-lei-043-2015.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/401/projeto-de-lei-044-2015.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/402/projeto-de-lei-045-2015.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/403/projeto-de-lei-047-2015.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/404/projeto-de-lei-049-2015.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/405/projeto-de-lei-053-2015.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/406/projeto-de-lei-054-2015.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/328/requerimento-001-2015.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/329/requerimento-002-2015.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/330/requerimento-003-2015.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/332/requerimento-006-2015.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/333/requerimento-007-2015.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/334/requerimento-008-2015.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/335/requerimento-009-2015.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/336/requerimento-010-2015.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/337/requerimento-011-2015.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/338/requerimento-012-2015.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/339/requerimento-013-2015.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/340/requerimento-015-2015.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/341/requerimento-015-2015.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/342/requerimento-016-2015.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/343/requerimento-017-2015.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/350/requerimento-024-2015.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/354/resolu-o-004-2015.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/355/resolu-o-005-2015.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/356/resolu-o-006-2015.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/357/resolu-o-007-2015.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/358/resolu-o-008-2015.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/359/resolu-o-009-2015.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/360/resolu-o-011-2015.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/361/resolu-o-012-2015.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/362/resolu-o-013-2015.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/186/decreto-001-2015.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/305/indica-o-001-2015.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/306/indica-o-002-2015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/307/indica-o-003-2015.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/308/indica-o-004-2015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/309/indica-o-005-2015.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/310/indica-o-006-2015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/311/indica-o-007-2015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/312/indica-o-008-2015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/313/indica-o-009-2015.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/314/indica-o-010-2015.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/315/indica-o-011-2015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/316/indica-o-012-2015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/317/indica-o-013-2015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/318/indica-o-014-2015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/319/indica-o-015-2015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/321/indica-o-016-2015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/322/indica-o-017-2015.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/323/indica-o-018-2015.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/324/indica-o-019-2015.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/325/indica-o-020-2015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/326/indica-o-021-2015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/327/indica-o-022-2015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/407/lei-municipal-2218-2015.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/408/lei-municipal-2219-2015.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/462/lei-municipal-2221-2015.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/409/lei-municipal-2222-2015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/463/lei-municipal-2223-2015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/410/lei-municipal-2224-2015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/464/lei-municipal-2225-2015.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/411/lei-municipal-2226-2015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/412/lei-municipal-2227-2015.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/466/lei-municipal-2229-2015.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/413/lei-municipal-2230-2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/414/lei-municipal-2231-2015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/415/lei-municipal-2234-2015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/416/lei-municipal-2235-2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/417/lei-municipal-2237-2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/418/lei-municipal-2238-2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/3064/lei_municipal_2239_2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/419/lei-municipal-2240-2015.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/420/lei-municipal-2241-2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/421/lei-municipal-2242-2015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/422/lei-municipal-2243-2015.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/423/lei-municipal-2244-2015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/424/lei-municipal-2245-2015.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/425/lei-municipal-2246-2015.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/426/lei-municipal-2247-2015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/427/lei-municipal-2248-2015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/428/lei-municipal-2249-2015.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/429/lei-municipal-2250-2015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/430/lei-municipal-2251-2015.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/431/lei-municipal-2252-2015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/432/lei-municipal-2253-2015.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/433/lei-municipal-2254-2015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/434/lei-municipal-2255-2015.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/435/lei-municipal-2256-2015.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/436/lei-municipal-2257-2015.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/437/lei-municipal-2258-2015.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/438/lei-municipal-2259-2015.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/439/lei-municipal-2260-2015.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/440/lei-municipal-2261-2015.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/441/lei-municipal-2262-2015.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/442/lei-municipal-2263-2015.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/294/lei_complementar_001_2015_7TO1k3D.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/295/lei-complementar-002-2015.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/296/lei-complementar-2232-2015.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/1874/portaria-001-2015.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/443/portaria-003-2015.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/370/projeto-de-lei-005-2015.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/371/projeto-de-lei-006-2015.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/372/projeto-de-lei-007-2015.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/373/projeto-de-lei-009-2015.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/374/projeto-de-lei-010-2015.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/375/projeto-de-lei-011-2015.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/376/projeto-de-lei-012-2015.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/377/projeto-de-lei-013-2015.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/378/projeto-de-lei-014-2015.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/379/projeto-de-lei-015-2015.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/380/projeto-de-lei-016-2015.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/382/projeto-de-lei-018-2015.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/383/projeto-de-lei-019-2015.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/384/projeto-de-lei-021-2015.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/385/projeto-de-lei-022-2015.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/386/projeto-de-lei-023-2015.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/387/projeto-de-lei-024-2015.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/388/projeto-de-lei-026-2015.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/389/projeto-de-lei-028-2015.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/390/projeto-de-lei-029-2015.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/391/projeto-de-lei-030-2015.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/392/projeto-de-lei-031-2015.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/393/projeto-de-lei-032-2015.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/394/projeto-de-lei-036-2015.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/395/projeto-de-lei-037-2015.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/397/projeto-de-lei-039-2015.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/398/projeto-de-lei-040-2015.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/399/projeto-de-lei-041-2015.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/400/projeto-de-lei-043-2015.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/401/projeto-de-lei-044-2015.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/402/projeto-de-lei-045-2015.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/403/projeto-de-lei-047-2015.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/404/projeto-de-lei-049-2015.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/405/projeto-de-lei-053-2015.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/406/projeto-de-lei-054-2015.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/328/requerimento-001-2015.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/329/requerimento-002-2015.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/330/requerimento-003-2015.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/332/requerimento-006-2015.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/333/requerimento-007-2015.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/334/requerimento-008-2015.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/335/requerimento-009-2015.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/336/requerimento-010-2015.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/337/requerimento-011-2015.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/338/requerimento-012-2015.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/339/requerimento-013-2015.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/340/requerimento-015-2015.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/341/requerimento-015-2015.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/342/requerimento-016-2015.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/343/requerimento-017-2015.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/350/requerimento-024-2015.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/354/resolu-o-004-2015.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/355/resolu-o-005-2015.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/356/resolu-o-006-2015.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/357/resolu-o-007-2015.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/358/resolu-o-008-2015.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/359/resolu-o-009-2015.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/360/resolu-o-011-2015.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/361/resolu-o-012-2015.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/2015/362/resolu-o-013-2015.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>