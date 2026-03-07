--- v0 (2025-12-21)
+++ v1 (2026-03-07)
@@ -54,603 +54,603 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>Leis</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
     <t>José Geraldo Franco Martins</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1973/lei-municipal-1441-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1973/lei-municipal-1441-1999.pdf</t>
   </si>
   <si>
     <t>Faz emenda aditiva a Lei Municipal n.° 1.242, de 29.12.94 - Código Tributário Municipal -, como nesta se especifica.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1974/lei-municipal-1442-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1974/lei-municipal-1442-1999.pdf</t>
   </si>
   <si>
     <t>Autoriza a extensão de séries em Escola Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1975/lei-municipal-1443-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1975/lei-municipal-1443-1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1976/lei-municipal-1444-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1976/lei-municipal-1444-1999.pdf</t>
   </si>
   <si>
     <t>Extingue emprego público de provimento efetivo, como nesta se especifica.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1977/lei-municipal-1445-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1977/lei-municipal-1445-1999.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a venda de dois terrenos urbanos do patrimônio Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1978/lei-municipal-1446-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1978/lei-municipal-1446-1999.pdf</t>
   </si>
   <si>
     <t>Concede pensão á viúva de ex-servidor municipal, como nesta se especifica.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1979/lei-municipal-1447-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1979/lei-municipal-1447-1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Banda de Música e dá outras providências.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1980/lei-municipal-1448-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1980/lei-municipal-1448-1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de nome da Escola Municipal de Olhos D'Água para Escola Municipal Professora Maria Dias Machado.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1981/lei-municipal-1450-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1981/lei-municipal-1450-1999.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública o que nesta se especifica.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1982/lei-municipal-1451-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1982/lei-municipal-1451-1999.pdf</t>
   </si>
   <si>
     <t>Concede subvenção como nesta se especifica.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1983/lei-municipal-1452-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1983/lei-municipal-1452-1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1984/lei-municipal-1453-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1984/lei-municipal-1453-1999.pdf</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1985/lei-municipal-1454-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1985/lei-municipal-1454-1999.pdf</t>
   </si>
   <si>
     <t>Inclui na zona urbana do Município de Delfinópolis, parte da área compreendida como zona de turismo.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1986/lei-municipal-1456-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1986/lei-municipal-1456-1999.pdf</t>
   </si>
   <si>
     <t>Estabelece as Diretrizes Orçamentárias para a elaboração da proposta orçamentária do exercício de 2000.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1987/lei-municipal-1457-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1987/lei-municipal-1457-1999.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo a doar lotes de terrenos urbanos do Município para fins de construção de casa própria e dá outras providências.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1988/lei-municipal-1458-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1988/lei-municipal-1458-1999.pdf</t>
   </si>
   <si>
     <t>Revoga artigo da Lei 1242, como nesta se especifica.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1989/lei-municipal-1459-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1989/lei-municipal-1459-1999.pdf</t>
   </si>
   <si>
     <t>Acrescenta usuário á isenção na Lei Municipal n°1231, de 19 de setembro de 1994.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1990/lei-municipal-1460-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1990/lei-municipal-1460-1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de abono aos servidores Municipais.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1991/lei-municipal-1461-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1991/lei-municipal-1461-1999.pdf</t>
   </si>
   <si>
     <t>Art. 1° Fica o chefe do Executivo Municipal autorizado a criar, no Quadro de Servidores da Prefeitura Municipal de Delfinópolis, os seguintes empregos efetivos e vagas, com os respectivos salários e carga horária;</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1992/lei-municipal-1462-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1992/lei-municipal-1462-1999.pdf</t>
   </si>
   <si>
     <t>Faz emenda aditiva á lei anterior.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1993/lei-municipal-1463-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1993/lei-municipal-1463-1999.pdf</t>
   </si>
   <si>
     <t>Denomina trecho de estrada, como nesta se especifica.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1994/lei-municipal-1464-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1994/lei-municipal-1464-1999.pdf</t>
   </si>
   <si>
     <t>Concede isenção e fornecimento, como nesta se especifica.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1995/lei-municipal-1465-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1995/lei-municipal-1465-1999.pdf</t>
   </si>
   <si>
     <t>Concede subvenções e contribuições e dá outras providências.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1813/projeto-de-lei-001-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1813/projeto-de-lei-001-1999.pdf</t>
   </si>
   <si>
     <t>Faz Emenda Aditiva a Lei Municipal n.° 1.242, de 29.12.94 - Código Tributário Municipal - , como nesta se especifica.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>José Carlos, Edson e Maria Fátima</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1814/projeto-de-lei-003-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1814/projeto-de-lei-003-1999.pdf</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1815/projeto-de-lei-005-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1815/projeto-de-lei-005-1999.pdf</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1816/projeto-de-lei-006-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1816/projeto-de-lei-006-1999.pdf</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1817/projeto-de-lei-007-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1817/projeto-de-lei-007-1999.pdf</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1818/projeto-de-lei-009-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1818/projeto-de-lei-009-1999.pdf</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1819/projeto-de-lei-010-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1819/projeto-de-lei-010-1999.pdf</t>
   </si>
   <si>
     <t>Concede pensão à viúva de ex-servidor municipal, como nesta se especifica.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1820/projeto-de-lei-012-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1820/projeto-de-lei-012-1999.pdf</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1821/projeto-de-lei-013-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1821/projeto-de-lei-013-1999.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o que nesta se especifica.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1822/projeto-de-lei-015-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1822/projeto-de-lei-015-1999.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção como nesta se especifica.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>José Carlos de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1823/projeto-de-lei-016-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1823/projeto-de-lei-016-1999.pdf</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1824/projeto-de-lei-017-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1824/projeto-de-lei-017-1999.pdf</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1825/projeto-de-lei-018-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1825/projeto-de-lei-018-1999.pdf</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1826/projeto-de-lei-019-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1826/projeto-de-lei-019-1999.pdf</t>
   </si>
   <si>
     <t>Estabelece as Diretrizes Orçamentárias para a elaboração da proposta orçamentária do exercício de 2.000.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1827/projeto-de-lei-020-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1827/projeto-de-lei-020-1999.pdf</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1828/projeto-de-lei-021-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1828/projeto-de-lei-021-1999.pdf</t>
   </si>
   <si>
     <t>Concede Subvenções e Contribuições e dá outras providências.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1829/projeto-de-lei-022-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1829/projeto-de-lei-022-1999.pdf</t>
   </si>
   <si>
     <t>Revoga artigo da Lei n.° 1.242, como nesta se especifica.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1830/projeto-de-lei-023-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1830/projeto-de-lei-023-1999.pdf</t>
   </si>
   <si>
     <t>Acrescenta usuário à isenção contida na Lei Municipal n.° 1.231 de 19 de Setembro de 1994.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1831/projeto-de-lei-024-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1831/projeto-de-lei-024-1999.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Fica o Chefe do Executivo Municipal  autorizado a criar, no Quadro de Servidores da Prefeitura Municipal de Delfinópolis, os seguintes empregos efetivos e vagas, com os respectivos salários e carga horária:</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1832/projeto-de-lei-025-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1832/projeto-de-lei-025-1999.pdf</t>
   </si>
   <si>
     <t>Faz emenda aditiva à lei anterior.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1833/projeto-de-lei-026-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1833/projeto-de-lei-026-1999.pdf</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1834/projeto-de-lei-031-1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1834/projeto-de-lei-031-1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de abono aos Servidores Municipais.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>Res.</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3632/resolucao_001_1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3632/resolucao_001_1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição de veto total á Proposição de Lei s/nº, que "Revoga o inciso I, do art. 6º, da Lei Municipal nº 1.383, de 12 de novembro de 1997.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3633/resolucao_002_1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3633/resolucao_002_1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Parecer Prévio do Tribunal de Contas do Estado de Minas Gerais referente às Contas da Prefeitura Municipal de Delfinópolis, relativas ao exercício de 1994 e dá outras providências.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3634/resolucao_003_1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3634/resolucao_003_1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Parecer Prévio do Tribunal de Contas do Estado de Minas Gerais referente as contas do Prefeito Municipal de Delfinópolis relativas ao Exercício de 1997 e dá outras providências.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3635/resolucao_004_1999.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3635/resolucao_004_1999.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao parágrafo 2º do artigo 24, da Resolução n° 007/92, que dispõe sobre o Regimento Interno da Câmara Municipal de Delfinópolis.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -957,67 +957,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1973/lei-municipal-1441-1999.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1974/lei-municipal-1442-1999.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1975/lei-municipal-1443-1999.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1976/lei-municipal-1444-1999.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1977/lei-municipal-1445-1999.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1978/lei-municipal-1446-1999.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1979/lei-municipal-1447-1999.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1980/lei-municipal-1448-1999.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1981/lei-municipal-1450-1999.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1982/lei-municipal-1451-1999.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1983/lei-municipal-1452-1999.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1984/lei-municipal-1453-1999.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1985/lei-municipal-1454-1999.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1986/lei-municipal-1456-1999.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1987/lei-municipal-1457-1999.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1988/lei-municipal-1458-1999.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1989/lei-municipal-1459-1999.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1990/lei-municipal-1460-1999.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1991/lei-municipal-1461-1999.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1992/lei-municipal-1462-1999.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1993/lei-municipal-1463-1999.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1994/lei-municipal-1464-1999.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1995/lei-municipal-1465-1999.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1813/projeto-de-lei-001-1999.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1814/projeto-de-lei-003-1999.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1815/projeto-de-lei-005-1999.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1816/projeto-de-lei-006-1999.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1817/projeto-de-lei-007-1999.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1818/projeto-de-lei-009-1999.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1819/projeto-de-lei-010-1999.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1820/projeto-de-lei-012-1999.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1821/projeto-de-lei-013-1999.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1822/projeto-de-lei-015-1999.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1823/projeto-de-lei-016-1999.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1824/projeto-de-lei-017-1999.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1825/projeto-de-lei-018-1999.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1826/projeto-de-lei-019-1999.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1827/projeto-de-lei-020-1999.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1828/projeto-de-lei-021-1999.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1829/projeto-de-lei-022-1999.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1830/projeto-de-lei-023-1999.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1831/projeto-de-lei-024-1999.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1832/projeto-de-lei-025-1999.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1833/projeto-de-lei-026-1999.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1834/projeto-de-lei-031-1999.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3632/resolucao_001_1999.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3633/resolucao_002_1999.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3634/resolucao_003_1999.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3635/resolucao_004_1999.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1973/lei-municipal-1441-1999.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1974/lei-municipal-1442-1999.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1975/lei-municipal-1443-1999.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1976/lei-municipal-1444-1999.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1977/lei-municipal-1445-1999.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1978/lei-municipal-1446-1999.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1979/lei-municipal-1447-1999.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1980/lei-municipal-1448-1999.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1981/lei-municipal-1450-1999.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1982/lei-municipal-1451-1999.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1983/lei-municipal-1452-1999.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1984/lei-municipal-1453-1999.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1985/lei-municipal-1454-1999.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1986/lei-municipal-1456-1999.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1987/lei-municipal-1457-1999.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1988/lei-municipal-1458-1999.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1989/lei-municipal-1459-1999.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1990/lei-municipal-1460-1999.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1991/lei-municipal-1461-1999.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1992/lei-municipal-1462-1999.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1993/lei-municipal-1463-1999.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1994/lei-municipal-1464-1999.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1995/lei-municipal-1465-1999.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1813/projeto-de-lei-001-1999.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1814/projeto-de-lei-003-1999.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1815/projeto-de-lei-005-1999.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1816/projeto-de-lei-006-1999.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1817/projeto-de-lei-007-1999.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1818/projeto-de-lei-009-1999.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1819/projeto-de-lei-010-1999.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1820/projeto-de-lei-012-1999.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1821/projeto-de-lei-013-1999.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1822/projeto-de-lei-015-1999.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1823/projeto-de-lei-016-1999.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1824/projeto-de-lei-017-1999.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1825/projeto-de-lei-018-1999.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1826/projeto-de-lei-019-1999.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1827/projeto-de-lei-020-1999.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1828/projeto-de-lei-021-1999.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1829/projeto-de-lei-022-1999.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1830/projeto-de-lei-023-1999.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1831/projeto-de-lei-024-1999.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1832/projeto-de-lei-025-1999.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1833/projeto-de-lei-026-1999.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/1834/projeto-de-lei-031-1999.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3632/resolucao_001_1999.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3633/resolucao_002_1999.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3634/resolucao_003_1999.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1999/3635/resolucao_004_1999.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="188.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>