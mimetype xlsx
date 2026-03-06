--- v0 (2025-12-29)
+++ v1 (2026-03-06)
@@ -54,855 +54,855 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>Leis</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
     <t>Fernando José Pinto</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2217/lei-municipal-1123-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2217/lei-municipal-1123-1993.pdf</t>
   </si>
   <si>
     <t>Reajusta salários dos Servidores Municipais Ativos e Inativos e dá outras providências.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2218/lei-municipal-1124-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2218/lei-municipal-1124-1993.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao parágrafo único da Lei 1018.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2219/lei-municipal-1125-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2219/lei-municipal-1125-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de Bolsa de Estudo, como nesta se especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2220/lei-municipal-1126-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2220/lei-municipal-1126-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio, como nesta se especifica.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2221/lei-municipal-1127-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2221/lei-municipal-1127-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revogação de Lei Municipal.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2222/lei-municipal-1128-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2222/lei-municipal-1128-1993.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a artigo da Lei n°645-Código de Posturas- e lhe acrescenta parágrafo.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2223/lei-municipal-1129-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2223/lei-municipal-1129-1993.pdf</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2224/lei-municipal-1130-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2224/lei-municipal-1130-1993.pdf</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2225/lei-municipal-1131-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2225/lei-municipal-1131-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Convênio e Contrato para a efetivação do Programa de Mecanização Agrícola e dá outras providências.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2226/lei-municipal-1132-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2226/lei-municipal-1132-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza efetuar gastos, como nesta se especifica.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2227/lei-municipal-1133-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2227/lei-municipal-1133-1993.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos Servidores Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2228/lei-municipal-1134-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2228/lei-municipal-1134-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de empregado, como nesta se especifica.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2229/lei-municipal-1135-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2229/lei-municipal-1135-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nova redação a inciso da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2230/lei-municipal-1136-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2230/lei-municipal-1136-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reposição de valor da gratificação a Servidor Municipal.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2231/lei-municipal-1137-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2231/lei-municipal-1137-1993.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2232/lei-municipal-1138-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2232/lei-municipal-1138-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de linhas de Transporte Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2233/lei-municipal-1139-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2233/lei-municipal-1139-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de função, como nesta se especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2234/lei-municipal-1140-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2234/lei-municipal-1140-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de emprego e dá outras providências.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2235/lei-municipal-1141-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2235/lei-municipal-1141-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza assinatura de Convênio, como nesta se especifica.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2236/lei-municipal-1142-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2236/lei-municipal-1142-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial como nesta se especifica.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2237/lei-municipal-1144-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2237/lei-municipal-1144-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para assinatura, como nesta se especifica.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2238/lei-municipal-1145-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2238/lei-municipal-1145-1993.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a artigo de Lei Municipal.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2239/lei-municipal-1146-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2239/lei-municipal-1146-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Empregos no Quadro de Servidores Municipais.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2240/lei-municipal-1147-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2240/lei-municipal-1147-1993.pdf</t>
   </si>
   <si>
     <t>Abre vagas para empregos já existentes e dá outras providências.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2241/lei-municipal-1148-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2241/lei-municipal-1148-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de vagas de empregos já existentes e dá outras providências.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2242/lei-municipal-1149-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2242/lei-municipal-1149-1993.pdf</t>
   </si>
   <si>
     <t>Reajusta salários e dá outras providências.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2243/lei-municipal-1150-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2243/lei-municipal-1150-1993.pdf</t>
   </si>
   <si>
     <t>Altera o Plano de Empregos e Salários desta Prefeitura Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2244/lei-municipal-1151-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2244/lei-municipal-1151-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização de assinatura de Convênio, como nesta se especifica.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2245/lei-municipal-1153-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2245/lei-municipal-1153-1993.pdf</t>
   </si>
   <si>
     <t>Concede aumento salarial aos Servidores da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2246/lei-municipal-1155-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2246/lei-municipal-1155-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de aumento salarial, como nesta se especifica.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2247/lei-municipal-1157-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2247/lei-municipal-1157-1993.pdf</t>
   </si>
   <si>
     <t>Cria função de confiança e dá outras providências.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2248/lei-municipal-1158-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2248/lei-municipal-1158-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de função de confiança, como nesta se especifica.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2249/lei-municipal-1159-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2249/lei-municipal-1159-1993.pdf</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2250/lei-municipal-1161-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2250/lei-municipal-1161-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza suplementação de dotação orçamentária e dá outras providências.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2251/lei-municipal-1162-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2251/lei-municipal-1162-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para fornecimento de lanche a Servidores Municipais, como nesta se especifica.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2252/lei-municipal-1163-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2252/lei-municipal-1163-1993.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a inciso da Lei Municipal número 1024.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2253/lei-municipal-1164-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2253/lei-municipal-1164-1993.pdf</t>
   </si>
   <si>
     <t>Concede incentivo ao pequeno e médio produtor rural.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2254/lei-municipal-1165-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2254/lei-municipal-1165-1993.pdf</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2255/lei-municipal-1166-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2255/lei-municipal-1166-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse de índice salarial e concede adiantamento, como nesta se especifica.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2256/lei-municipal-1167-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2256/lei-municipal-1167-1993.pdf</t>
   </si>
   <si>
     <t>Estende-se repasses de índice salarial e adiantamento aos Servidores ocupantes de funções de confiança, como nesta se especifica.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2257/lei-municipal-1168-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2257/lei-municipal-1168-1993.pdf</t>
   </si>
   <si>
     <t>Revoga artigo e dá novas redações a outros da Lei Municipal n°1166 de 24 de agosto de 1993.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2258/lei-municipal-1171-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2258/lei-municipal-1171-1993.pdf</t>
   </si>
   <si>
     <t>Concede incentivo á instalação de industrias, no município.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2259/lei-municipal-1172-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2259/lei-municipal-1172-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização de abertura de crédito especial, como nesta se especifica.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2260/lei-municipal-1173-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2260/lei-municipal-1173-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza suplementação orçamentária, como nesta se especifica.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2261/lei-municipal-1174-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2261/lei-municipal-1174-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse de índice salarial, como nesta se especifica.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2262/lei-municipal-1175-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2262/lei-municipal-1175-1993.pdf</t>
   </si>
   <si>
     <t>Estende-se repasse de índice salarial aos Servidores, ocupantes de funções de confiança, como nesta se especifica.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2263/lei-municipal-1176-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2263/lei-municipal-1176-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse de índice salarial ao servidor, ocupante de função de confiança, como nesta se especifica.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2264/lei-municipal-1180-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2264/lei-municipal-1180-1993.pdf</t>
   </si>
   <si>
     <t>Cria emprego, no Quadro Geral dos Servidores Municipais.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2265/lei-municipal-1181-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2265/lei-municipal-1181-1993.pdf</t>
   </si>
   <si>
     <t>Repassa índice inflacionário ao emprego desta prefeitura.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2266/lei-municipal-1182-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2266/lei-municipal-1182-1993.pdf</t>
   </si>
   <si>
     <t>Cria no Quadro Geral dos Servidores Municipais, o emprego de Zelador de Escola, e dá outras providências.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2267/lei-municipal-1187-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2267/lei-municipal-1187-1993.pdf</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2268/lei-municipal-1188-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2268/lei-municipal-1188-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a supressão de inciso da Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2269/lei-municipal-1192-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2269/lei-municipal-1192-1993.pdf</t>
   </si>
   <si>
     <t>Revoga Leis Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2270/lei-municipal-1194-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2270/lei-municipal-1194-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse de índice salarial aos Servidores Municipais.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2271/lei-municipal-1195-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2271/lei-municipal-1195-1993.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial, como nesta se especifica.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2272/lei-municipal-1196-1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2272/lei-municipal-1196-1993.pdf</t>
   </si>
   <si>
     <t>Autoriza a regulamentação da cobrança de Receitas de Serviços, como nesta se especifica.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Res.</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3606/resolucao_001_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3606/resolucao_001_1993.pdf</t>
   </si>
   <si>
     <t>Cria Comissão Permanente de Educação Saúde e Assistência da Câmara Municipal de Delfinópolis.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3607/resolucao_002_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3607/resolucao_002_1993.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Prefeito Municipal de Delfinópolis relativas ao Exercício Financeiro de 1986.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3608/resolucao_003_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3608/resolucao_003_1993.pdf</t>
   </si>
   <si>
     <t>Emenda substitutiva ao Regimento Interno da Câmara Municipal de Delfinópolis.</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3609/resolucao_004_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3609/resolucao_004_1993.pdf</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3610/resolucao_005_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3610/resolucao_005_1993.pdf</t>
   </si>
   <si>
     <t>Emenda substitutiva á artigo do Regimento Interno da Câmara Municipal de Delfinópolis.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3611/resolucao_006_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3611/resolucao_006_1993.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Prefeito Municipal de Delfinópolis relativas ao Exercício Financeiro de 1989.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3612/resolucao_007_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3612/resolucao_007_1993.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Prefeito Municipal de Delfinópolis ao Exercício Financeiro de 1983.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3613/resolucao_008_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3613/resolucao_008_1993.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Prefeito Municipal de Delfinópolis ao Exercício Financeiro de 1991.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3614/resolucao_009_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3614/resolucao_009_1993.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Prefeito Municipal de Delfinópolis ao Exercício Financeiro de 1985.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3615/resolucao_010_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3615/resolucao_010_1993.pdf</t>
   </si>
   <si>
     <t>Concede ao Senhor Sérgio Vicente Brito o título de Cidadão Honorário de Delfinópolis</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3616/resolucao_011_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3616/resolucao_011_1993.pdf</t>
   </si>
   <si>
     <t>Concede ao Senhor Jair Brandão o título de Cidadão Honorário de Delfinópolis.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3617/resolucao_012_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3617/resolucao_012_1993.pdf</t>
   </si>
   <si>
     <t>Concede ao Senhor Roberto Abrahão o título de Cidadão Honorário de Delfinópolis.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3618/resolucao_013_1993.pdf</t>
+    <t>http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3618/resolucao_013_1993.pdf</t>
   </si>
   <si>
     <t>Concede ao Senhor Sávio Marinho o título de Cidadão Honorário de Delfinópolis.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1209,67 +1209,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2217/lei-municipal-1123-1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2218/lei-municipal-1124-1993.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2219/lei-municipal-1125-1993.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2220/lei-municipal-1126-1993.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2221/lei-municipal-1127-1993.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2222/lei-municipal-1128-1993.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2223/lei-municipal-1129-1993.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2224/lei-municipal-1130-1993.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2225/lei-municipal-1131-1993.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2226/lei-municipal-1132-1993.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2227/lei-municipal-1133-1993.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2228/lei-municipal-1134-1993.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2229/lei-municipal-1135-1993.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2230/lei-municipal-1136-1993.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2231/lei-municipal-1137-1993.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2232/lei-municipal-1138-1993.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2233/lei-municipal-1139-1993.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2234/lei-municipal-1140-1993.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2235/lei-municipal-1141-1993.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2236/lei-municipal-1142-1993.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2237/lei-municipal-1144-1993.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2238/lei-municipal-1145-1993.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2239/lei-municipal-1146-1993.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2240/lei-municipal-1147-1993.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2241/lei-municipal-1148-1993.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2242/lei-municipal-1149-1993.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2243/lei-municipal-1150-1993.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2244/lei-municipal-1151-1993.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2245/lei-municipal-1153-1993.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2246/lei-municipal-1155-1993.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2247/lei-municipal-1157-1993.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2248/lei-municipal-1158-1993.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2249/lei-municipal-1159-1993.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2250/lei-municipal-1161-1993.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2251/lei-municipal-1162-1993.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2252/lei-municipal-1163-1993.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2253/lei-municipal-1164-1993.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2254/lei-municipal-1165-1993.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2255/lei-municipal-1166-1993.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2256/lei-municipal-1167-1993.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2257/lei-municipal-1168-1993.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2258/lei-municipal-1171-1993.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2259/lei-municipal-1172-1993.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2260/lei-municipal-1173-1993.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2261/lei-municipal-1174-1993.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2262/lei-municipal-1175-1993.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2263/lei-municipal-1176-1993.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2264/lei-municipal-1180-1993.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2265/lei-municipal-1181-1993.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2266/lei-municipal-1182-1993.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2267/lei-municipal-1187-1993.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2268/lei-municipal-1188-1993.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2269/lei-municipal-1192-1993.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2270/lei-municipal-1194-1993.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2271/lei-municipal-1195-1993.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2272/lei-municipal-1196-1993.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3606/resolucao_001_1993.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3607/resolucao_002_1993.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3608/resolucao_003_1993.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3609/resolucao_004_1993.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3610/resolucao_005_1993.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3611/resolucao_006_1993.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3612/resolucao_007_1993.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3613/resolucao_008_1993.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3614/resolucao_009_1993.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3615/resolucao_010_1993.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3616/resolucao_011_1993.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3617/resolucao_012_1993.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3618/resolucao_013_1993.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2217/lei-municipal-1123-1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2218/lei-municipal-1124-1993.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2219/lei-municipal-1125-1993.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2220/lei-municipal-1126-1993.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2221/lei-municipal-1127-1993.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2222/lei-municipal-1128-1993.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2223/lei-municipal-1129-1993.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2224/lei-municipal-1130-1993.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2225/lei-municipal-1131-1993.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2226/lei-municipal-1132-1993.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2227/lei-municipal-1133-1993.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2228/lei-municipal-1134-1993.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2229/lei-municipal-1135-1993.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2230/lei-municipal-1136-1993.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2231/lei-municipal-1137-1993.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2232/lei-municipal-1138-1993.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2233/lei-municipal-1139-1993.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2234/lei-municipal-1140-1993.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2235/lei-municipal-1141-1993.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2236/lei-municipal-1142-1993.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2237/lei-municipal-1144-1993.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2238/lei-municipal-1145-1993.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2239/lei-municipal-1146-1993.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2240/lei-municipal-1147-1993.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2241/lei-municipal-1148-1993.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2242/lei-municipal-1149-1993.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2243/lei-municipal-1150-1993.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2244/lei-municipal-1151-1993.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2245/lei-municipal-1153-1993.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2246/lei-municipal-1155-1993.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2247/lei-municipal-1157-1993.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2248/lei-municipal-1158-1993.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2249/lei-municipal-1159-1993.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2250/lei-municipal-1161-1993.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2251/lei-municipal-1162-1993.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2252/lei-municipal-1163-1993.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2253/lei-municipal-1164-1993.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2254/lei-municipal-1165-1993.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2255/lei-municipal-1166-1993.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2256/lei-municipal-1167-1993.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2257/lei-municipal-1168-1993.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2258/lei-municipal-1171-1993.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2259/lei-municipal-1172-1993.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2260/lei-municipal-1173-1993.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2261/lei-municipal-1174-1993.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2262/lei-municipal-1175-1993.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2263/lei-municipal-1176-1993.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2264/lei-municipal-1180-1993.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2265/lei-municipal-1181-1993.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2266/lei-municipal-1182-1993.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2267/lei-municipal-1187-1993.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2268/lei-municipal-1188-1993.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2269/lei-municipal-1192-1993.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2270/lei-municipal-1194-1993.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2271/lei-municipal-1195-1993.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/2272/lei-municipal-1196-1993.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3606/resolucao_001_1993.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3607/resolucao_002_1993.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3608/resolucao_003_1993.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3609/resolucao_004_1993.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3610/resolucao_005_1993.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3611/resolucao_006_1993.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3612/resolucao_007_1993.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3613/resolucao_008_1993.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3614/resolucao_009_1993.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3615/resolucao_010_1993.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3616/resolucao_011_1993.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3617/resolucao_012_1993.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.delfinopolis.mg.leg.br/media/sapl/public/materialegislativa/1993/3618/resolucao_013_1993.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="125.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>